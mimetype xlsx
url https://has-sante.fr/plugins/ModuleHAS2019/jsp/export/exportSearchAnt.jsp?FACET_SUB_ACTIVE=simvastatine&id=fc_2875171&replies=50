--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,913 +1,292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>29/11/2021 15:10:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
-[...185 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893724/fr/evaluation-du-parage-de-plaie-de-la-pulpe-par-coiffage-pulpaire-direct-rapport-d-evaluation-technologique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of pulp wound protection by direct pulp capping -INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim was to assess vital pulp therapy by direct pulp capping, onto temporary or permanent tooth, in the event of pulp exposure following carie excavation, trauma or occurring accidentally during care. This assessment was conducted at the request of the National health insurance that wishes to provide coverage for this procedure</t>
+  </si>
+  <si>
+    <t>03/27/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/28/2019 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893724/en/assessment-of-pulp-wound-protection-by-direct-pulp-capping-inahta-brief</t>
   </si>
   <si>
     <t>c_2893724</t>
   </si>
   <si>
-    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
-[...338 lines deleted...]
-    <t>p_3288503</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>INEGY (ézétimibe/ simvastatine)</t>
+  </si>
+  <si>
+    <t>12/22/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983789/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2983789</t>
+  </si>
+  <si>
+    <t>ézétimibe,simvastatine</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400661/en/inegy-10-mg/20-mg-comprime-boites-de-30-50-et-90inegy-10-mg/40-mg-comprime-boites-30-50-et-90-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813332/en/inegy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991885/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580456/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732137/en/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>CHOLIB (fénofibrate/ simvastatine)</t>
+  </si>
+  <si>
+    <t>05/04/2016 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984116/en/cholib-fenofibrate/-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984116</t>
+  </si>
+  <si>
+    <t>fénofibrate,simvastatine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782514/en/cholib-fenofibrate/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629884/en/cholib-simvastatin-fenofibrate-statin-in-combination-with-other-lipid-lowering-agent</t>
+  </si>
+  <si>
+    <t>ZOCOR (simvastatine)</t>
+  </si>
+  <si>
+    <t>01/25/2016 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984252/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984252</t>
   </si>
   <si>
     <t>simvastatine</t>
   </si>
   <si>
-    <t>MYLAN SAS</t>
-[...191 lines deleted...]
-    <t>c_1099657</t>
+    <t>https://www.has-sante.fr/jcms/c_399024/en/zocor-20-mg-comprime-enrobe-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399207/en/zocor-40-mg-comprime-pellicule-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399884/en/zocor-20-mg-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400887/en/zocor-10-mg-comprime-enrobe-b/28-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401039/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025878/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651878/en/zocor-simvastatine-inhibiteur-de-l-hmg-coa-reductase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588559/en/zocor-simvastatine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -921,1594 +300,299 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...76 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...902 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>176</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>178</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:R4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>180</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>181</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>183</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>184</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>185</v>
-[...74 lines deleted...]
-        <v>193</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>194</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>195</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>196</v>
+        <v>33</v>
+      </c>
+      <c r="L2" t="s">
+        <v>34</v>
+      </c>
+      <c r="M2" t="s">
+        <v>35</v>
+      </c>
+      <c r="N2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>197</v>
+        <v>38</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>198</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>199</v>
+        <v>40</v>
       </c>
       <c r="H3" t="s">
-        <v>200</v>
+        <v>41</v>
       </c>
       <c r="I3" t="s">
-        <v>194</v>
+        <v>42</v>
       </c>
       <c r="J3" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
       <c r="K3" t="s">
-        <v>201</v>
+        <v>44</v>
+      </c>
+      <c r="L3" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>203</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>204</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>205</v>
+        <v>49</v>
       </c>
       <c r="I4" t="s">
-        <v>206</v>
+        <v>50</v>
       </c>
       <c r="J4" t="s">
-        <v>207</v>
+        <v>32</v>
       </c>
       <c r="K4" t="s">
-        <v>208</v>
+        <v>51</v>
       </c>
       <c r="L4" t="s">
-        <v>209</v>
+        <v>52</v>
       </c>
       <c r="M4" t="s">
-        <v>210</v>
+        <v>53</v>
       </c>
       <c r="N4" t="s">
-        <v>211</v>
+        <v>54</v>
       </c>
       <c r="O4" t="s">
-        <v>212</v>
-[...178 lines deleted...]
-        <v>249</v>
+        <v>55</v>
+      </c>
+      <c r="P4" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>57</v>
+      </c>
+      <c r="R4" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>