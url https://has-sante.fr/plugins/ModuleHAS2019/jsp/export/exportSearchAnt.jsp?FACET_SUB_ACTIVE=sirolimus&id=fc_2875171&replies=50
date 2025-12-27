--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1070,50 +1070,65 @@
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
   </si>
   <si>
     <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
   </si>
   <si>
     <t>09/10/2014 00:00:00</t>
   </si>
   <si>
     <t>19/11/2014 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
   </si>
   <si>
     <t>c_1775180</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636720</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
@@ -1470,65 +1485,50 @@
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
   </si>
   <si>
     <t>p_3121172</t>
   </si>
   <si>
     <t>ALD n° 28 - Suite de transplantation rénale de l'adulte</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>03/10/2018 00:00:00</t>
   </si>
   <si>
     <t>20/11/2018 09:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_689330/fr/ald-n-28-suite-de-transplantation-renale-de-l-adulte</t>
   </si>
   <si>
     <t>c_689330</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Dermatomyosite de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
   </si>
   <si>
     <t>19/09/2016 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2666858</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
   </si>
   <si>
     <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
   </si>
@@ -4857,77 +4857,77 @@
       </c>
       <c r="E2" t="s">
         <v>346</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>347</v>
       </c>
       <c r="H2" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>343</v>
       </c>
       <c r="B3" t="s">
         <v>349</v>
       </c>
       <c r="C3" t="s">
         <v>350</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>351</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>352</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>343</v>
       </c>
       <c r="B4" t="s">
+        <v>354</v>
+      </c>
+      <c r="C4" t="s">
         <v>355</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>357</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>358</v>
       </c>
       <c r="H4" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>343</v>
       </c>
       <c r="B5" t="s">
         <v>360</v>
       </c>
       <c r="C5" t="s">
         <v>361</v>
       </c>
       <c r="D5" t="s">
@@ -5247,129 +5247,129 @@
       </c>
       <c r="E17" t="s">
         <v>422</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>423</v>
       </c>
       <c r="H17" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>343</v>
       </c>
       <c r="B18" t="s">
         <v>425</v>
       </c>
       <c r="C18" t="s">
         <v>426</v>
       </c>
       <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>427</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>428</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>343</v>
       </c>
       <c r="B19" t="s">
+        <v>430</v>
+      </c>
+      <c r="C19" t="s">
         <v>431</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>433</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>434</v>
       </c>
       <c r="H19" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>343</v>
       </c>
       <c r="B20" t="s">
         <v>436</v>
       </c>
       <c r="C20" t="s">
         <v>437</v>
       </c>
       <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>438</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
         <v>439</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>343</v>
       </c>
       <c r="B21" t="s">
+        <v>441</v>
+      </c>
+      <c r="C21" t="s">
         <v>442</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>444</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>445</v>
       </c>
       <c r="H21" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>343</v>
       </c>
       <c r="B22" t="s">
         <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>448</v>
       </c>
       <c r="D22" t="s">
@@ -5481,77 +5481,77 @@
       </c>
       <c r="E26" t="s">
         <v>469</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>470</v>
       </c>
       <c r="H26" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>343</v>
       </c>
       <c r="B27" t="s">
         <v>472</v>
       </c>
       <c r="C27" t="s">
         <v>473</v>
       </c>
       <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
         <v>474</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
         <v>475</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>343</v>
       </c>
       <c r="B28" t="s">
+        <v>477</v>
+      </c>
+      <c r="C28" t="s">
         <v>478</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>480</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>481</v>
       </c>
       <c r="H28" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>343</v>
       </c>
       <c r="B29" t="s">
         <v>483</v>
       </c>
       <c r="C29" t="s">
         <v>484</v>
       </c>
       <c r="D29" t="s">