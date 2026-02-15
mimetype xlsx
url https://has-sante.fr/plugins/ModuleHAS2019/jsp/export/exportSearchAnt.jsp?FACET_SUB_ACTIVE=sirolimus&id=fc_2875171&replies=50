--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,7879 +1,628 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1597" uniqueCount="826">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ULTIMASTER NAGOMI</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/05/2025 00:00:00</t>
-[...965 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
-[...152 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
-[...365 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Transplantation d’îlots pancréatiques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Endoprothèses (stents) coronaires</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...785 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>RAPAMUNE (sirolimus)</t>
   </si>
   <si>
-    <t>21/11/2024 15:29:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982784/fr/rapamune-sirolimus</t>
+    <t>11/21/2024 15:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982784/en/rapamune-sirolimus</t>
   </si>
   <si>
     <t>pprd_2982784</t>
   </si>
   <si>
     <t>sirolimus</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399282/fr/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3557612/fr/rapamune-sirolimus-lymphangioleiomyomatose-sporadique-s-lam</t>
+    <t>https://www.has-sante.fr/jcms/c_399282/en/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399860/en/rapamune-2-mg-comprime-enrobe-boite-de-30-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400336/en/rapamune-1-mg-comprime-enrobe-boite-de-30-code-cip-359-530-1-rapamune-2-mg-comprime-enrobe-boite-de-30-code-cip-361-568-2-rapamune-1-mg/ml-solution-buvable-flacon-60-ml-code-cip-356-884-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684072/en/rapamune</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652825/en/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965614/en/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557612/en/rapamune-sirolimus-sporadic-lymphangioleiomyomatosis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J63"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
-[...53 lines deleted...]
-      <c r="E6" t="s">
         <v>40</v>
       </c>
-      <c r="F6" t="s">
-[...1837 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>810</v>
+        <v>41</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="K1" t="s">
-        <v>811</v>
+        <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>812</v>
+        <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>813</v>
+        <v>45</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>814</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>815</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>816</v>
+        <v>48</v>
       </c>
       <c r="I2" t="s">
-        <v>817</v>
+        <v>49</v>
       </c>
       <c r="J2" t="s">
-        <v>818</v>
+        <v>50</v>
       </c>
       <c r="K2" t="s">
-        <v>819</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s">
-        <v>820</v>
+        <v>52</v>
       </c>
       <c r="M2" t="s">
-        <v>821</v>
+        <v>53</v>
       </c>
       <c r="N2" t="s">
-        <v>822</v>
+        <v>54</v>
       </c>
       <c r="O2" t="s">
-        <v>823</v>
+        <v>55</v>
       </c>
       <c r="P2" t="s">
-        <v>824</v>
+        <v>56</v>
       </c>
       <c r="Q2" t="s">
-        <v>825</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...3147 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>