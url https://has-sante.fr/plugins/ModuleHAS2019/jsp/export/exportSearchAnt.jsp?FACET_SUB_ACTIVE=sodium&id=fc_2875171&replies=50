--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,95 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4040" uniqueCount="2349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4088" uniqueCount="2377">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1784,50 +1787,80 @@
   <si>
     <t>c_398770</t>
   </si>
   <si>
     <t>BIONICHE</t>
   </si>
   <si>
     <t>HYDROFIBER AQUACEL AG</t>
   </si>
   <si>
     <t>17/05/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
   </si>
   <si>
     <t>c_398781</t>
   </si>
   <si>
     <t>Laboratoire CONVATEC</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Schwannomatoses non-NF2</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/05/2025 16:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
   </si>
   <si>
     <t>p_3598549</t>
   </si>
   <si>
     <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>11/04/2025 08:53:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
@@ -2903,65 +2936,50 @@
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
   </si>
   <si>
     <t>19/10/2017 08:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
   </si>
   <si>
     <t>c_2800207</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...13 lines deleted...]
-  <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
     <t>Dermatomyosite de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
   </si>
   <si>
     <t>19/09/2016 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
@@ -3896,50 +3914,68 @@
   <si>
     <t>Commission de la transparence - Réunion du 26 septembre 2007</t>
   </si>
   <si>
     <t>26/09/2007 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_682819/fr/commission-de-la-transparence-reunion-du-26-septembre-2007</t>
   </si>
   <si>
     <t>c_682819</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
   </si>
   <si>
     <t>10/10/2007 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
   </si>
   <si>
     <t>c_592918</t>
   </si>
   <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
   </si>
   <si>
     <t>23/06/2022 00:00:00</t>
@@ -4091,50 +4127,68 @@
   <si>
     <t>17/03/2016 12:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
   </si>
   <si>
     <t>c_946211</t>
   </si>
   <si>
     <t>Prise en charge du risque lié à la coloscopie en gastroentérologie</t>
   </si>
   <si>
     <t>01/08/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272474/fr/prise-en-charge-du-risque-lie-a-la-coloscopie-en-gastroenterologie</t>
   </si>
   <si>
     <t>c_272474</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>05/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
     <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
   </si>
   <si>
     <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
   </si>
   <si>
     <t>13/02/2024 13:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
   </si>
   <si>
     <t>p_3426280</t>
   </si>
   <si>
     <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
     <t>22/01/2020 00:00:00</t>
   </si>
   <si>
     <t>03/02/2020 10:20:00</t>
@@ -5081,50 +5135,68 @@
   <si>
     <t>08/04/2011 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1045370/fr/interdiction-des-techniques-de-lyse-adipocytaire-lipolyse-a-visee-esthetique</t>
   </si>
   <si>
     <t>c_1045370</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
     <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>29/07/2025 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3639045</t>
   </si>
   <si>
     <t>Endomicroscopie confocale par aiguille de ponction pour la caractérisation des tumeurs kystiques pancréatiques</t>
   </si>
   <si>
     <t>En réponse à une saisine de la CNAM, la HAS a évalué le bénéfice/risque de l’endomicroscopie confocale pour la caractérisation des tumeurs kystiques pancréatiques, défini ses indications et ses conditions de réalisation et rendu à cette issue un avis sur le bien-fondé de l’inscription de cet acte à la classification commune des actes médicaux.</t>
   </si>
   <si>
     <t>25/07/2022 16:50:00</t>
@@ -5460,50 +5532,65 @@
     <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
   </si>
   <si>
     <t>c_717899</t>
   </si>
   <si>
     <t>Conditions de réalisation des actes d'implantologie orale : environnement technique</t>
   </si>
   <si>
     <t>L’objectif de ce rapport d’évaluation technologique est d’aider les professionnels de santé concernés : chirurgiens-dentistes, stomatologues, chirurgiens maxillo-faciaux dans leur pratique de la chirurgie implantaire et plus spécifiquement sur les conditions techniques à réunir pour poser des implants intrabuccaux selon les données scientifiques actuelles.</t>
   </si>
   <si>
     <t>02/07/2008 00:00:00</t>
   </si>
   <si>
     <t>02/07/2008 11:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_679792/fr/conditions-de-realisation-des-actes-d-implantologie-orale-environnement-technique</t>
   </si>
   <si>
     <t>c_679792</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0061/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de pulpotomie thérapeutique (partielle ou complète) sur dent permanente mature</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784827/fr/avis-n2025-0061/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-pulpotomie-therapeutique-partielle-ou-complete-sur-dent-permanente-mature</t>
+  </si>
+  <si>
+    <t>p_3784827</t>
   </si>
   <si>
     <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
   </si>
   <si>
     <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
   </si>
   <si>
     <t>26/09/2017 10:55:00</t>
   </si>
   <si>
     <t>11/10/2018 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
   </si>
   <si>
     <t>c_2877192</t>
   </si>
   <si>
     <t>Décision n° 2018.0115/DC/SEM du 18 juillet 2018 du collège de la Haute Autorité de santé portant adoption de la recommandation relative à la prise en charge à titre dérogatoire de l’éplérénone dans le cadre d’une recommandation temporaire d’utilisation</t>
   </si>
   <si>
     <t>La recommandation relative à la prise en charge à titre dérogatoire des spécialités à base d’éplérénone (INSPRA (médicament princeps) et l’ensemble des spécialités appartenant au groupe générique) dans le cadre d’une recommandation temporaire d’utilisation, dans le « traitement chez les adultes de l’hyperaldostéronisme primaire en cas d’intolérance à la spironolactone », ci-jointe, est adoptée.</t>
   </si>
@@ -7137,51 +7224,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -7260,3443 +7347,3587 @@
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="B2" t="s">
-        <v>1678</v>
+        <v>1685</v>
       </c>
       <c r="C2" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="D2" t="s">
-        <v>1680</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="H2" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="B3" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="C3" t="s">
-        <v>1685</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>1460</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="H3" t="s">
-        <v>1688</v>
-[...21 lines deleted...]
-      <c r="G4" t="s">
         <v>1693</v>
-      </c>
-[...495 lines deleted...]
-        <v>1803</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1725</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1726</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1731</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D11" t="s">
+        <v>288</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1754</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1755</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1771</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T64"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1870</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1872</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1873</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1874</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1894</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1897</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1898</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1899</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1900</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1907</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1908</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1909</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1910</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1911</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1912</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1913</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1914</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1915</v>
+      </c>
+      <c r="S7" t="s">
+        <v>1916</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1921</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1923</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1928</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1929</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1930</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1935</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1940</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1944</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1945</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1946</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1947</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1948</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1954</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1955</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1956</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1957</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1958</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1961</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1963</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1964</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1970</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1976</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1977</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1979</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1980</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1985</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1986</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1987</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1988</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1994</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1995</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1996</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1997</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2003</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2004</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2011</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>108</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2018</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2019</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2020</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2027</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2029</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2032</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2034</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2035</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2036</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2037</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2038</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2039</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1955</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2046</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2047</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2048</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2049</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2050</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2053</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2056</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2057</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2058</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2059</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2060</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2061</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2062</v>
+      </c>
+      <c r="P24" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2065</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2066</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2067</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2068</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2004</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2069</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2070</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2071</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2077</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2078</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2079</v>
+      </c>
+      <c r="M26" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2082</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2084</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2085</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2086</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J28" t="s">
+        <v>254</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2092</v>
+      </c>
+      <c r="L28" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2100</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2101</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2102</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2103</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2104</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2108</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J30" t="s">
+        <v>254</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2109</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2110</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2111</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2112</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2118</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2119</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2120</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2121</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2126</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2127</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2128</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2131</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2133</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2134</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2135</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2136</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2137</v>
+      </c>
+      <c r="M33" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2143</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2086</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2144</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2148</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2156</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2162</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2156</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2163</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2164</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2170</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2174</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2177</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2178</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2184</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2186</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2191</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2192</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K41" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2198</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2199</v>
+      </c>
+      <c r="L42" t="s">
+        <v>2200</v>
+      </c>
+      <c r="M42" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2206</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2207</v>
+      </c>
+      <c r="L43" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2210</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2211</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2213</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2220</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2221</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2222</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2226</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2227</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2228</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2086</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2229</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2213</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2235</v>
+      </c>
+      <c r="K47" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2238</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2239</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2240</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2241</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2086</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2242</v>
+      </c>
+      <c r="L48" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2248</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2249</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2250</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2251</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2252</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2255</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2258</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2259</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2264</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2265</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2266</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2273</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2279</v>
+      </c>
+      <c r="J53" t="s">
+        <v>468</v>
+      </c>
+      <c r="K53" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2285</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2286</v>
+      </c>
+      <c r="L54" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2291</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2296</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2298</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2299</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2305</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2306</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2309</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2311</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2312</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2313</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2322</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2325</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2326</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2329</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2332</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2333</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2336</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2337</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2338</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2339</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2340</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2345</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2346</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2347</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2350</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2352</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2353</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2354</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1804</v>
+        <v>2356</v>
       </c>
       <c r="B2" t="s">
-        <v>1805</v>
+        <v>2357</v>
       </c>
       <c r="C2" t="s">
-        <v>1806</v>
+        <v>2358</v>
       </c>
       <c r="D2" t="s">
-        <v>1807</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1808</v>
+        <v>2359</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1809</v>
+        <v>2360</v>
       </c>
       <c r="H2" t="s">
-        <v>1810</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1804</v>
+        <v>2356</v>
       </c>
       <c r="B3" t="s">
-        <v>1811</v>
+        <v>2362</v>
       </c>
       <c r="C3" t="s">
-        <v>1812</v>
+        <v>2363</v>
       </c>
       <c r="D3" t="s">
-        <v>1813</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1814</v>
+        <v>2364</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1815</v>
+        <v>2365</v>
       </c>
       <c r="H3" t="s">
-        <v>1816</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1804</v>
+        <v>2356</v>
       </c>
       <c r="B4" t="s">
-        <v>1817</v>
+        <v>2367</v>
       </c>
       <c r="C4" t="s">
-        <v>1818</v>
+        <v>2368</v>
       </c>
       <c r="D4" t="s">
-        <v>1819</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1820</v>
+        <v>2369</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1821</v>
+        <v>2370</v>
       </c>
       <c r="H4" t="s">
-        <v>1822</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1804</v>
+        <v>2356</v>
       </c>
       <c r="B5" t="s">
-        <v>1823</v>
+        <v>2372</v>
       </c>
       <c r="C5" t="s">
-        <v>1824</v>
+        <v>2373</v>
       </c>
       <c r="D5" t="s">
-        <v>1825</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1826</v>
+        <v>2374</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1827</v>
+        <v>2375</v>
       </c>
       <c r="H5" t="s">
-        <v>1828</v>
-[...2646 lines deleted...]
-        <v>2348</v>
+        <v>2376</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J103"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -13973,51 +14204,51 @@
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
         <v>575</v>
       </c>
       <c r="H103" t="s">
         <v>576</v>
       </c>
       <c r="I103" t="s">
         <v>13</v>
       </c>
       <c r="J103" t="s">
         <v>577</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H88"/>
+  <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -14198,360 +14429,360 @@
       </c>
       <c r="E8" t="s">
         <v>611</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>612</v>
       </c>
       <c r="H8" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>578</v>
       </c>
       <c r="B9" t="s">
         <v>614</v>
       </c>
       <c r="C9" t="s">
         <v>615</v>
       </c>
       <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>616</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>617</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>578</v>
       </c>
       <c r="B10" t="s">
+        <v>619</v>
+      </c>
+      <c r="C10" t="s">
         <v>620</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>621</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>622</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>578</v>
       </c>
       <c r="B11" t="s">
+        <v>624</v>
+      </c>
+      <c r="C11" t="s">
         <v>625</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>626</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>627</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>628</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>578</v>
       </c>
       <c r="B12" t="s">
+        <v>630</v>
+      </c>
+      <c r="C12" t="s">
         <v>631</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>632</v>
       </c>
-      <c r="D12" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>633</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>578</v>
       </c>
       <c r="B13" t="s">
+        <v>635</v>
+      </c>
+      <c r="C13" t="s">
         <v>636</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>637</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>638</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>639</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>578</v>
       </c>
       <c r="B14" t="s">
+        <v>641</v>
+      </c>
+      <c r="C14" t="s">
         <v>642</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>643</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>644</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>578</v>
       </c>
       <c r="B15" t="s">
+        <v>646</v>
+      </c>
+      <c r="C15" t="s">
         <v>647</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>649</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>650</v>
       </c>
       <c r="H15" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>578</v>
       </c>
       <c r="B16" t="s">
         <v>652</v>
       </c>
       <c r="C16" t="s">
         <v>653</v>
       </c>
       <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>654</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>655</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>578</v>
       </c>
       <c r="B17" t="s">
+        <v>657</v>
+      </c>
+      <c r="C17" t="s">
         <v>658</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>659</v>
       </c>
-      <c r="D17" t="s">
-[...2 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>660</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>578</v>
       </c>
       <c r="B18" t="s">
+        <v>662</v>
+      </c>
+      <c r="C18" t="s">
         <v>663</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>664</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>665</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>666</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>578</v>
       </c>
       <c r="B19" t="s">
+        <v>668</v>
+      </c>
+      <c r="C19" t="s">
         <v>669</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>670</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>671</v>
       </c>
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>672</v>
-      </c>
-[...7 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>578</v>
       </c>
       <c r="B20" t="s">
+        <v>673</v>
+      </c>
+      <c r="C20" t="s">
+        <v>674</v>
+      </c>
+      <c r="D20" t="s">
         <v>675</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>676</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>677</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>578</v>
       </c>
       <c r="B21" t="s">
+        <v>679</v>
+      </c>
+      <c r="C21" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="D21" t="s">
         <v>681</v>
       </c>
       <c r="E21" t="s">
         <v>682</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>683</v>
       </c>
       <c r="H21" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>578</v>
       </c>
       <c r="B22" t="s">
         <v>685</v>
       </c>
       <c r="C22" t="s">
@@ -14559,161 +14790,161 @@
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>687</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>688</v>
       </c>
       <c r="H22" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>578</v>
       </c>
       <c r="B23" t="s">
         <v>690</v>
       </c>
       <c r="C23" t="s">
+        <v>636</v>
+      </c>
+      <c r="D23" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>692</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>693</v>
       </c>
       <c r="H23" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>578</v>
       </c>
       <c r="B24" t="s">
         <v>695</v>
       </c>
       <c r="C24" t="s">
         <v>696</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H24" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>578</v>
       </c>
       <c r="B25" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C25" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="H25" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>578</v>
       </c>
       <c r="B26" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C26" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H26" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>578</v>
       </c>
       <c r="B27" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C27" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>711</v>
       </c>
       <c r="H27" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>578</v>
       </c>
       <c r="B28" t="s">
         <v>713</v>
       </c>
       <c r="C28" t="s">
         <v>714</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
@@ -14721,805 +14952,805 @@
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>716</v>
       </c>
       <c r="H28" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>578</v>
       </c>
       <c r="B29" t="s">
         <v>718</v>
       </c>
       <c r="C29" t="s">
         <v>719</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H29" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>578</v>
       </c>
       <c r="B30" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C30" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H30" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>578</v>
       </c>
       <c r="B31" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C31" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H31" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>578</v>
       </c>
       <c r="B32" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C32" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>734</v>
       </c>
       <c r="H32" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>578</v>
       </c>
       <c r="B33" t="s">
         <v>736</v>
       </c>
       <c r="C33" t="s">
         <v>737</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H33" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>578</v>
       </c>
       <c r="B34" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C34" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H34" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>578</v>
       </c>
       <c r="B35" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C35" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>748</v>
       </c>
       <c r="H35" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>578</v>
       </c>
       <c r="B36" t="s">
         <v>750</v>
       </c>
       <c r="C36" t="s">
         <v>751</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="H36" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>578</v>
       </c>
       <c r="B37" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C37" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="H37" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>578</v>
       </c>
       <c r="B38" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C38" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="H38" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>578</v>
       </c>
       <c r="B39" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C39" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="H39" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>578</v>
       </c>
       <c r="B40" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C40" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="H40" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>578</v>
       </c>
       <c r="B41" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C41" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="H41" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>578</v>
       </c>
       <c r="B42" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C42" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H42" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>578</v>
       </c>
       <c r="B43" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C43" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>783</v>
       </c>
       <c r="H43" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>578</v>
       </c>
       <c r="B44" t="s">
         <v>785</v>
       </c>
       <c r="C44" t="s">
         <v>786</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="H44" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>578</v>
       </c>
       <c r="B45" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C45" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="H45" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>578</v>
       </c>
       <c r="B46" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C46" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>797</v>
       </c>
       <c r="H46" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>578</v>
       </c>
       <c r="B47" t="s">
         <v>799</v>
       </c>
       <c r="C47" t="s">
         <v>800</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H47" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>578</v>
       </c>
       <c r="B48" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C48" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="H48" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>578</v>
       </c>
       <c r="B49" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C49" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="H49" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>578</v>
       </c>
       <c r="B50" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C50" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H50" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>578</v>
       </c>
       <c r="B51" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C51" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="H51" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>578</v>
       </c>
       <c r="B52" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C52" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="H52" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>578</v>
       </c>
       <c r="B53" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C53" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>826</v>
+        <v>819</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="H53" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>578</v>
       </c>
       <c r="B54" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C54" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>831</v>
+        <v>819</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>832</v>
       </c>
       <c r="H54" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>578</v>
       </c>
       <c r="B55" t="s">
         <v>834</v>
       </c>
       <c r="C55" t="s">
         <v>835</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H55" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>578</v>
       </c>
       <c r="B56" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C56" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="H56" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>578</v>
       </c>
       <c r="B57" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C57" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H57" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>578</v>
       </c>
       <c r="B58" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C58" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>850</v>
       </c>
       <c r="H58" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>578</v>
       </c>
       <c r="B59" t="s">
         <v>852</v>
       </c>
       <c r="C59" t="s">
         <v>853</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
@@ -15602,103 +15833,103 @@
       </c>
       <c r="E62" t="s">
         <v>869</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>870</v>
       </c>
       <c r="H62" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>578</v>
       </c>
       <c r="B63" t="s">
         <v>872</v>
       </c>
       <c r="C63" t="s">
         <v>873</v>
       </c>
       <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
         <v>874</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
         <v>875</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>578</v>
       </c>
       <c r="B64" t="s">
+        <v>877</v>
+      </c>
+      <c r="C64" t="s">
         <v>878</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
         <v>879</v>
       </c>
-      <c r="D64" t="s">
-[...2 lines deleted...]
-      <c r="E64" t="s">
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
         <v>880</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>578</v>
       </c>
       <c r="B65" t="s">
+        <v>882</v>
+      </c>
+      <c r="C65" t="s">
         <v>883</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E65" t="s">
         <v>885</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>886</v>
       </c>
       <c r="H65" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>578</v>
       </c>
       <c r="B66" t="s">
         <v>888</v>
       </c>
       <c r="C66" t="s">
         <v>889</v>
       </c>
       <c r="D66" t="s">
@@ -15807,213 +16038,213 @@
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
         <v>910</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>911</v>
       </c>
       <c r="H70" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>578</v>
       </c>
       <c r="B71" t="s">
         <v>913</v>
       </c>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>914</v>
       </c>
       <c r="D71" t="s">
-        <v>914</v>
+        <v>13</v>
       </c>
       <c r="E71" t="s">
         <v>915</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>916</v>
       </c>
       <c r="H71" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>578</v>
       </c>
       <c r="B72" t="s">
         <v>918</v>
       </c>
       <c r="C72" t="s">
-        <v>13</v>
+        <v>919</v>
       </c>
       <c r="D72" t="s">
-        <v>919</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
         <v>920</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>921</v>
       </c>
       <c r="H72" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>578</v>
       </c>
       <c r="B73" t="s">
         <v>923</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>924</v>
       </c>
       <c r="E73" t="s">
         <v>925</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>926</v>
       </c>
       <c r="H73" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>578</v>
       </c>
       <c r="B74" t="s">
         <v>928</v>
       </c>
       <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E74" t="s">
         <v>930</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>931</v>
       </c>
       <c r="H74" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>578</v>
       </c>
       <c r="B75" t="s">
         <v>933</v>
       </c>
       <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
         <v>934</v>
       </c>
-      <c r="D75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="H75" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>578</v>
       </c>
       <c r="B76" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C76" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="H76" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>578</v>
       </c>
       <c r="B77" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C77" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>945</v>
       </c>
       <c r="H77" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>578</v>
       </c>
       <c r="B78" t="s">
         <v>947</v>
       </c>
       <c r="C78" t="s">
         <v>948</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
@@ -16148,4203 +16379,4229 @@
       </c>
       <c r="E83" t="s">
         <v>974</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
         <v>975</v>
       </c>
       <c r="H83" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>578</v>
       </c>
       <c r="B84" t="s">
         <v>977</v>
       </c>
       <c r="C84" t="s">
         <v>978</v>
       </c>
       <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
         <v>979</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
         <v>980</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>578</v>
       </c>
       <c r="B85" t="s">
+        <v>982</v>
+      </c>
+      <c r="C85" t="s">
         <v>983</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>984</v>
       </c>
       <c r="E85" t="s">
         <v>985</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>986</v>
       </c>
       <c r="H85" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>578</v>
       </c>
       <c r="B86" t="s">
         <v>988</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="E86" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="H86" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>578</v>
       </c>
       <c r="B87" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="E87" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="H87" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>578</v>
       </c>
       <c r="B88" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C88" t="s">
-        <v>995</v>
+        <v>13</v>
       </c>
       <c r="D88" t="s">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="E88" t="s">
+        <v>989</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
         <v>997</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>998</v>
       </c>
-      <c r="H88" t="s">
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>578</v>
+      </c>
+      <c r="B89" t="s">
         <v>999</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1004</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I71"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B2" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="H2" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="I2" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B3" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="H3" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="I3" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I4" t="s">
         <v>1011</v>
-      </c>
-[...19 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B5" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="H5" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="I5" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B6" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="H6" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="I6" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B7" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="H7" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="I7" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B8" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="H8" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="I8" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B9" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="H9" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="I9" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B10" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="H10" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="I10" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B11" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="H11" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="I11" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B12" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="H12" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="I12" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B13" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="H13" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="I13" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B14" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="H14" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="I14" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B15" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="H15" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="I15" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B16" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="H16" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="I16" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B17" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="H17" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="I17" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B18" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="H18" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="I18" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B19" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="H19" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="I19" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B20" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="H20" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="I20" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B21" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="H21" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="I21" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B22" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="H22" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="I22" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B23" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="H23" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="I23" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B24" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="H24" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="I24" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B25" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="H25" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="I25" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B26" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="H26" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="I26" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B27" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="H27" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="I27" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B28" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="H28" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="I28" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B29" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="H29" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="I29" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B30" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="H30" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
       <c r="I30" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B31" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="H31" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="I31" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B32" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="H32" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="I32" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B33" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="H33" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="I33" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B34" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="H34" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="I34" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B35" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="H35" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="I35" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B36" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="H36" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="I36" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B37" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="H37" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="I37" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B38" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="H38" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="I38" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B39" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="H39" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="I39" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B40" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="H40" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="I40" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B41" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="H41" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="I41" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B42" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="H42" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="I42" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B43" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="H43" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="I43" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B44" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="H44" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="I44" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B45" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="H45" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="I45" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B46" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="H46" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="I46" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B47" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="H47" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="I47" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B48" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="H48" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="I48" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B49" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="H49" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="I49" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B50" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="H50" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="I50" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B51" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="H51" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="I51" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B52" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="H52" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="I52" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B53" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="H53" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="I53" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B54" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="H54" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="I54" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B55" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="H55" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="I55" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B56" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="H56" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="I56" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B57" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="H57" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="I57" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B58" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="H58" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="I58" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B59" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="H59" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="I59" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B60" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="H60" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="I60" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B61" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="H61" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="I61" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B62" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="H62" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="I62" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B63" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="H63" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="I63" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B64" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="H64" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="I64" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B65" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="H65" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="I65" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B66" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="H66" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="I66" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B67" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="H67" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="I67" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B68" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="H68" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="I68" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B69" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="H69" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="I69" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B70" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="H70" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="I70" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="B71" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="H71" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="I71" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B2" t="s">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="C2" t="s">
-        <v>1285</v>
+        <v>1296</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1286</v>
+        <v>1297</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1287</v>
+        <v>1298</v>
       </c>
       <c r="H2" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B3" t="s">
-        <v>1289</v>
+        <v>1300</v>
       </c>
       <c r="C3" t="s">
-        <v>1290</v>
+        <v>1301</v>
       </c>
       <c r="D3" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="E3" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1293</v>
+        <v>1304</v>
       </c>
       <c r="H3" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B4" t="s">
-        <v>1295</v>
+        <v>1306</v>
       </c>
       <c r="C4" t="s">
-        <v>1296</v>
+        <v>1307</v>
       </c>
       <c r="D4" t="s">
-        <v>1297</v>
+        <v>1308</v>
       </c>
       <c r="E4" t="s">
-        <v>1298</v>
+        <v>1309</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1299</v>
+        <v>1310</v>
       </c>
       <c r="H4" t="s">
-        <v>1300</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B5" t="s">
-        <v>1301</v>
+        <v>1312</v>
       </c>
       <c r="C5" t="s">
-        <v>1302</v>
+        <v>1313</v>
       </c>
       <c r="D5" t="s">
-        <v>1303</v>
+        <v>1314</v>
       </c>
       <c r="E5" t="s">
-        <v>1304</v>
+        <v>1315</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1305</v>
+        <v>1316</v>
       </c>
       <c r="H5" t="s">
-        <v>1306</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B6" t="s">
-        <v>1307</v>
+        <v>1318</v>
       </c>
       <c r="C6" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
       <c r="D6" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
       <c r="E6" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1311</v>
+        <v>1322</v>
       </c>
       <c r="H6" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B7" t="s">
-        <v>1313</v>
+        <v>1324</v>
       </c>
       <c r="C7" t="s">
-        <v>1314</v>
+        <v>1325</v>
       </c>
       <c r="D7" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
       <c r="E7" t="s">
-        <v>1316</v>
+        <v>1327</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1317</v>
+        <v>1328</v>
       </c>
       <c r="H7" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B8" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="C8" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
       <c r="D8" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="E8" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="H8" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B9" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="C9" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="D9" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="E9" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="H9" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B10" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
       <c r="C10" t="s">
-        <v>1332</v>
+        <v>1343</v>
       </c>
       <c r="D10" t="s">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="E10" t="s">
-        <v>1334</v>
+        <v>1345</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
       <c r="H10" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="B2" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="C2" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="H2" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="B3" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1345</v>
+        <v>1356</v>
       </c>
       <c r="H3" t="s">
-        <v>1346</v>
+        <v>1357</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B2" t="s">
-        <v>1348</v>
+        <v>1359</v>
       </c>
       <c r="C2" t="s">
-        <v>1349</v>
+        <v>1360</v>
       </c>
       <c r="D2" t="s">
-        <v>616</v>
+        <v>1361</v>
       </c>
       <c r="E2" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="H2" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B3" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="C3" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="D3" t="s">
-        <v>1355</v>
+        <v>626</v>
       </c>
       <c r="E3" t="s">
-        <v>1356</v>
+        <v>1367</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1357</v>
+        <v>1368</v>
       </c>
       <c r="H3" t="s">
-        <v>1358</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B4" t="s">
-        <v>1359</v>
+        <v>1370</v>
       </c>
       <c r="C4" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
       <c r="D4" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="E4" t="s">
-        <v>1362</v>
+        <v>1373</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1363</v>
+        <v>1374</v>
       </c>
       <c r="H4" t="s">
-        <v>1364</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B5" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="C5" t="s">
-        <v>1366</v>
+        <v>1377</v>
       </c>
       <c r="D5" t="s">
-        <v>1367</v>
+        <v>1378</v>
       </c>
       <c r="E5" t="s">
-        <v>1368</v>
+        <v>1379</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1369</v>
+        <v>1380</v>
       </c>
       <c r="H5" t="s">
-        <v>1370</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B6" t="s">
-        <v>1371</v>
+        <v>1382</v>
       </c>
       <c r="C6" t="s">
-        <v>1372</v>
+        <v>1383</v>
       </c>
       <c r="D6" t="s">
-        <v>1373</v>
+        <v>1384</v>
       </c>
       <c r="E6" t="s">
-        <v>1374</v>
+        <v>1385</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1375</v>
+        <v>1386</v>
       </c>
       <c r="H6" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B7" t="s">
-        <v>1377</v>
+        <v>1388</v>
       </c>
       <c r="C7" t="s">
-        <v>1378</v>
+        <v>1389</v>
       </c>
       <c r="D7" t="s">
-        <v>1379</v>
+        <v>1390</v>
       </c>
       <c r="E7" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="H7" t="s">
-        <v>1382</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B8" t="s">
-        <v>1383</v>
+        <v>1394</v>
       </c>
       <c r="C8" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
       <c r="D8" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
       <c r="E8" t="s">
-        <v>1386</v>
+        <v>1397</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1387</v>
+        <v>1398</v>
       </c>
       <c r="H8" t="s">
-        <v>1388</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="B9" t="s">
-        <v>1389</v>
+        <v>1400</v>
       </c>
       <c r="C9" t="s">
-        <v>1390</v>
+        <v>1401</v>
       </c>
       <c r="D9" t="s">
-        <v>1391</v>
+        <v>1402</v>
       </c>
       <c r="E9" t="s">
-        <v>1392</v>
+        <v>1403</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1393</v>
+        <v>1404</v>
       </c>
       <c r="H9" t="s">
-        <v>1394</v>
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1411</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B2" t="s">
-        <v>1396</v>
+        <v>1413</v>
       </c>
       <c r="C2" t="s">
-        <v>1397</v>
+        <v>1414</v>
       </c>
       <c r="D2" t="s">
-        <v>1398</v>
+        <v>1415</v>
       </c>
       <c r="E2" t="s">
-        <v>1399</v>
+        <v>1416</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="H2" t="s">
-        <v>1401</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B3" t="s">
-        <v>1402</v>
+        <v>1419</v>
       </c>
       <c r="C3" t="s">
-        <v>1403</v>
+        <v>1420</v>
       </c>
       <c r="D3" t="s">
-        <v>1404</v>
+        <v>1421</v>
       </c>
       <c r="E3" t="s">
-        <v>1405</v>
+        <v>1422</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1406</v>
+        <v>1423</v>
       </c>
       <c r="H3" t="s">
-        <v>1407</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B4" t="s">
-        <v>1408</v>
+        <v>1425</v>
       </c>
       <c r="C4" t="s">
-        <v>1409</v>
+        <v>1426</v>
       </c>
       <c r="D4" t="s">
-        <v>1410</v>
+        <v>1427</v>
       </c>
       <c r="E4" t="s">
-        <v>1411</v>
+        <v>1428</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1412</v>
+        <v>1429</v>
       </c>
       <c r="H4" t="s">
-        <v>1413</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B5" t="s">
-        <v>1414</v>
+        <v>1431</v>
       </c>
       <c r="C5" t="s">
-        <v>1415</v>
+        <v>1432</v>
       </c>
       <c r="D5" t="s">
-        <v>1416</v>
+        <v>1433</v>
       </c>
       <c r="E5" t="s">
-        <v>1417</v>
+        <v>1434</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1418</v>
+        <v>1435</v>
       </c>
       <c r="H5" t="s">
-        <v>1419</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B6" t="s">
-        <v>1420</v>
+        <v>1437</v>
       </c>
       <c r="C6" t="s">
-        <v>1421</v>
+        <v>1438</v>
       </c>
       <c r="D6" t="s">
-        <v>1422</v>
+        <v>1439</v>
       </c>
       <c r="E6" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1423</v>
+        <v>1440</v>
       </c>
       <c r="H6" t="s">
-        <v>1424</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B7" t="s">
-        <v>1425</v>
+        <v>1442</v>
       </c>
       <c r="C7" t="s">
-        <v>1426</v>
+        <v>1443</v>
       </c>
       <c r="D7" t="s">
-        <v>1422</v>
+        <v>1439</v>
       </c>
       <c r="E7" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1427</v>
+        <v>1444</v>
       </c>
       <c r="H7" t="s">
-        <v>1428</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B8" t="s">
-        <v>1429</v>
+        <v>1446</v>
       </c>
       <c r="C8" t="s">
-        <v>1430</v>
+        <v>1447</v>
       </c>
       <c r="D8" t="s">
-        <v>1431</v>
+        <v>1448</v>
       </c>
       <c r="E8" t="s">
-        <v>1432</v>
+        <v>1449</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1433</v>
+        <v>1450</v>
       </c>
       <c r="H8" t="s">
-        <v>1434</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B9" t="s">
-        <v>1435</v>
+        <v>1452</v>
       </c>
       <c r="C9" t="s">
-        <v>1436</v>
+        <v>1453</v>
       </c>
       <c r="D9" t="s">
-        <v>1437</v>
+        <v>1454</v>
       </c>
       <c r="E9" t="s">
-        <v>1438</v>
+        <v>1455</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1439</v>
+        <v>1456</v>
       </c>
       <c r="H9" t="s">
-        <v>1440</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B10" t="s">
-        <v>1441</v>
+        <v>1458</v>
       </c>
       <c r="C10" t="s">
-        <v>1442</v>
+        <v>1459</v>
       </c>
       <c r="D10" t="s">
-        <v>1443</v>
+        <v>1460</v>
       </c>
       <c r="E10" t="s">
-        <v>1444</v>
+        <v>1461</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1445</v>
+        <v>1462</v>
       </c>
       <c r="H10" t="s">
-        <v>1446</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B11" t="s">
-        <v>1447</v>
+        <v>1464</v>
       </c>
       <c r="C11" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="D11" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="E11" t="s">
-        <v>1449</v>
+        <v>1466</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1450</v>
+        <v>1467</v>
       </c>
       <c r="H11" t="s">
-        <v>1451</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B12" t="s">
-        <v>1452</v>
+        <v>1469</v>
       </c>
       <c r="C12" t="s">
-        <v>1453</v>
+        <v>1470</v>
       </c>
       <c r="D12" t="s">
-        <v>1454</v>
+        <v>1471</v>
       </c>
       <c r="E12" t="s">
-        <v>1455</v>
+        <v>1472</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1456</v>
+        <v>1473</v>
       </c>
       <c r="H12" t="s">
-        <v>1457</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B13" t="s">
-        <v>1458</v>
+        <v>1475</v>
       </c>
       <c r="C13" t="s">
-        <v>1459</v>
+        <v>1476</v>
       </c>
       <c r="D13" t="s">
-        <v>1460</v>
+        <v>1477</v>
       </c>
       <c r="E13" t="s">
-        <v>1461</v>
+        <v>1478</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1462</v>
+        <v>1479</v>
       </c>
       <c r="H13" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B14" t="s">
-        <v>1464</v>
+        <v>1481</v>
       </c>
       <c r="C14" t="s">
-        <v>1465</v>
+        <v>1482</v>
       </c>
       <c r="D14" t="s">
-        <v>1466</v>
+        <v>1483</v>
       </c>
       <c r="E14" t="s">
-        <v>1467</v>
+        <v>1484</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="H14" t="s">
-        <v>1469</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B15" t="s">
-        <v>1470</v>
+        <v>1487</v>
       </c>
       <c r="C15" t="s">
-        <v>1471</v>
+        <v>1488</v>
       </c>
       <c r="D15" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="E15" t="s">
-        <v>1472</v>
+        <v>1489</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1473</v>
+        <v>1490</v>
       </c>
       <c r="H15" t="s">
-        <v>1474</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B16" t="s">
-        <v>1475</v>
+        <v>1492</v>
       </c>
       <c r="C16" t="s">
-        <v>1476</v>
+        <v>1493</v>
       </c>
       <c r="D16" t="s">
-        <v>1477</v>
+        <v>1494</v>
       </c>
       <c r="E16" t="s">
-        <v>1478</v>
+        <v>1495</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1479</v>
+        <v>1496</v>
       </c>
       <c r="H16" t="s">
-        <v>1480</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B17" t="s">
-        <v>1481</v>
+        <v>1498</v>
       </c>
       <c r="C17" t="s">
-        <v>1482</v>
+        <v>1499</v>
       </c>
       <c r="D17" t="s">
-        <v>1483</v>
+        <v>1500</v>
       </c>
       <c r="E17" t="s">
-        <v>1484</v>
+        <v>1501</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1485</v>
+        <v>1502</v>
       </c>
       <c r="H17" t="s">
-        <v>1486</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B18" t="s">
-        <v>1487</v>
+        <v>1504</v>
       </c>
       <c r="C18" t="s">
-        <v>1488</v>
+        <v>1505</v>
       </c>
       <c r="D18" t="s">
-        <v>1489</v>
+        <v>1506</v>
       </c>
       <c r="E18" t="s">
-        <v>1490</v>
+        <v>1507</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1491</v>
+        <v>1508</v>
       </c>
       <c r="H18" t="s">
-        <v>1492</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B19" t="s">
-        <v>1493</v>
+        <v>1510</v>
       </c>
       <c r="C19" t="s">
-        <v>1494</v>
+        <v>1511</v>
       </c>
       <c r="D19" t="s">
-        <v>1495</v>
+        <v>1512</v>
       </c>
       <c r="E19" t="s">
-        <v>1496</v>
+        <v>1513</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1497</v>
+        <v>1514</v>
       </c>
       <c r="H19" t="s">
-        <v>1498</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B20" t="s">
-        <v>1499</v>
+        <v>1516</v>
       </c>
       <c r="C20" t="s">
-        <v>1500</v>
+        <v>1517</v>
       </c>
       <c r="D20" t="s">
-        <v>1501</v>
+        <v>1518</v>
       </c>
       <c r="E20" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1503</v>
+        <v>1520</v>
       </c>
       <c r="H20" t="s">
-        <v>1504</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B21" t="s">
-        <v>1505</v>
+        <v>1522</v>
       </c>
       <c r="C21" t="s">
-        <v>1506</v>
+        <v>1523</v>
       </c>
       <c r="D21" t="s">
-        <v>1501</v>
+        <v>1518</v>
       </c>
       <c r="E21" t="s">
-        <v>1507</v>
+        <v>1524</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1508</v>
+        <v>1525</v>
       </c>
       <c r="H21" t="s">
-        <v>1509</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B22" t="s">
-        <v>1510</v>
+        <v>1527</v>
       </c>
       <c r="C22" t="s">
-        <v>1511</v>
+        <v>1528</v>
       </c>
       <c r="D22" t="s">
-        <v>1512</v>
+        <v>1529</v>
       </c>
       <c r="E22" t="s">
-        <v>1513</v>
+        <v>1530</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1514</v>
+        <v>1531</v>
       </c>
       <c r="H22" t="s">
-        <v>1515</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B23" t="s">
-        <v>1516</v>
+        <v>1533</v>
       </c>
       <c r="C23" t="s">
-        <v>1517</v>
+        <v>1534</v>
       </c>
       <c r="D23" t="s">
-        <v>1518</v>
+        <v>1535</v>
       </c>
       <c r="E23" t="s">
-        <v>1519</v>
+        <v>1536</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1520</v>
+        <v>1537</v>
       </c>
       <c r="H23" t="s">
-        <v>1521</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B24" t="s">
-        <v>1522</v>
+        <v>1539</v>
       </c>
       <c r="C24" t="s">
-        <v>1523</v>
+        <v>1540</v>
       </c>
       <c r="D24" t="s">
-        <v>1524</v>
+        <v>1541</v>
       </c>
       <c r="E24" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="H24" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B25" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="C25" t="s">
-        <v>1529</v>
+        <v>1546</v>
       </c>
       <c r="D25" t="s">
-        <v>1530</v>
+        <v>1547</v>
       </c>
       <c r="E25" t="s">
-        <v>1531</v>
+        <v>1548</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1532</v>
+        <v>1549</v>
       </c>
       <c r="H25" t="s">
-        <v>1533</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B26" t="s">
-        <v>1534</v>
+        <v>1551</v>
       </c>
       <c r="C26" t="s">
-        <v>1535</v>
+        <v>1552</v>
       </c>
       <c r="D26" t="s">
-        <v>1536</v>
+        <v>1553</v>
       </c>
       <c r="E26" t="s">
-        <v>1537</v>
+        <v>1554</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1538</v>
+        <v>1555</v>
       </c>
       <c r="H26" t="s">
-        <v>1539</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B27" t="s">
-        <v>1540</v>
+        <v>1557</v>
       </c>
       <c r="C27" t="s">
-        <v>1541</v>
+        <v>1558</v>
       </c>
       <c r="D27" t="s">
-        <v>1542</v>
+        <v>1559</v>
       </c>
       <c r="E27" t="s">
-        <v>1543</v>
+        <v>1560</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1544</v>
+        <v>1561</v>
       </c>
       <c r="H27" t="s">
-        <v>1545</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B28" t="s">
-        <v>1546</v>
+        <v>1563</v>
       </c>
       <c r="C28" t="s">
-        <v>1547</v>
+        <v>1564</v>
       </c>
       <c r="D28" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="E28" t="s">
-        <v>1549</v>
+        <v>1566</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1550</v>
+        <v>1567</v>
       </c>
       <c r="H28" t="s">
-        <v>1551</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B29" t="s">
-        <v>1552</v>
+        <v>1569</v>
       </c>
       <c r="C29" t="s">
-        <v>1553</v>
+        <v>1570</v>
       </c>
       <c r="D29" t="s">
-        <v>1554</v>
+        <v>1571</v>
       </c>
       <c r="E29" t="s">
-        <v>1555</v>
+        <v>1572</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1556</v>
+        <v>1573</v>
       </c>
       <c r="H29" t="s">
-        <v>1557</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B30" t="s">
-        <v>1558</v>
+        <v>1575</v>
       </c>
       <c r="C30" t="s">
-        <v>1559</v>
+        <v>1576</v>
       </c>
       <c r="D30" t="s">
-        <v>1379</v>
+        <v>1396</v>
       </c>
       <c r="E30" t="s">
-        <v>1560</v>
+        <v>1577</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1561</v>
+        <v>1578</v>
       </c>
       <c r="H30" t="s">
-        <v>1562</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B31" t="s">
-        <v>1563</v>
+        <v>1580</v>
       </c>
       <c r="C31" t="s">
-        <v>1564</v>
+        <v>1581</v>
       </c>
       <c r="D31" t="s">
-        <v>1565</v>
+        <v>1582</v>
       </c>
       <c r="E31" t="s">
-        <v>1566</v>
+        <v>1583</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1567</v>
+        <v>1584</v>
       </c>
       <c r="H31" t="s">
-        <v>1568</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B32" t="s">
-        <v>1569</v>
+        <v>1586</v>
       </c>
       <c r="C32" t="s">
-        <v>1570</v>
+        <v>1587</v>
       </c>
       <c r="D32" t="s">
-        <v>1571</v>
+        <v>1588</v>
       </c>
       <c r="E32" t="s">
-        <v>1572</v>
+        <v>1589</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1573</v>
+        <v>1590</v>
       </c>
       <c r="H32" t="s">
-        <v>1574</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B33" t="s">
-        <v>1575</v>
+        <v>1592</v>
       </c>
       <c r="C33" t="s">
-        <v>1576</v>
+        <v>1593</v>
       </c>
       <c r="D33" t="s">
-        <v>1577</v>
+        <v>1594</v>
       </c>
       <c r="E33" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1579</v>
+        <v>1596</v>
       </c>
       <c r="H33" t="s">
-        <v>1580</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B34" t="s">
-        <v>1581</v>
+        <v>1598</v>
       </c>
       <c r="C34" t="s">
-        <v>1582</v>
+        <v>1599</v>
       </c>
       <c r="D34" t="s">
-        <v>1583</v>
+        <v>1600</v>
       </c>
       <c r="E34" t="s">
-        <v>1584</v>
+        <v>1601</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1585</v>
+        <v>1602</v>
       </c>
       <c r="H34" t="s">
-        <v>1586</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B35" t="s">
-        <v>1587</v>
+        <v>1604</v>
       </c>
       <c r="C35" t="s">
-        <v>1588</v>
+        <v>1605</v>
       </c>
       <c r="D35" t="s">
-        <v>1589</v>
+        <v>1606</v>
       </c>
       <c r="E35" t="s">
-        <v>1590</v>
+        <v>1607</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1591</v>
+        <v>1608</v>
       </c>
       <c r="H35" t="s">
-        <v>1592</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B36" t="s">
-        <v>1593</v>
+        <v>1610</v>
       </c>
       <c r="C36" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D36" t="s">
         <v>1594</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>1595</v>
+        <v>1612</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1596</v>
+        <v>1613</v>
       </c>
       <c r="H36" t="s">
-        <v>1597</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B37" t="s">
-        <v>1598</v>
+        <v>1615</v>
       </c>
       <c r="C37" t="s">
-        <v>1599</v>
+        <v>1616</v>
       </c>
       <c r="D37" t="s">
-        <v>1600</v>
+        <v>1617</v>
       </c>
       <c r="E37" t="s">
-        <v>1601</v>
+        <v>1618</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="H37" t="s">
-        <v>1603</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B38" t="s">
-        <v>1604</v>
+        <v>1621</v>
       </c>
       <c r="C38" t="s">
-        <v>1605</v>
+        <v>1622</v>
       </c>
       <c r="D38" t="s">
-        <v>1606</v>
+        <v>1623</v>
       </c>
       <c r="E38" t="s">
-        <v>1607</v>
+        <v>1624</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1608</v>
+        <v>1625</v>
       </c>
       <c r="H38" t="s">
-        <v>1609</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B39" t="s">
-        <v>1610</v>
+        <v>1627</v>
       </c>
       <c r="C39" t="s">
-        <v>1611</v>
+        <v>1628</v>
       </c>
       <c r="D39" t="s">
-        <v>1612</v>
+        <v>1629</v>
       </c>
       <c r="E39" t="s">
-        <v>1613</v>
+        <v>1630</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1614</v>
+        <v>1631</v>
       </c>
       <c r="H39" t="s">
-        <v>1615</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B40" t="s">
-        <v>1616</v>
+        <v>1633</v>
       </c>
       <c r="C40" t="s">
-        <v>1617</v>
+        <v>1634</v>
       </c>
       <c r="D40" t="s">
-        <v>1618</v>
+        <v>1635</v>
       </c>
       <c r="E40" t="s">
-        <v>1619</v>
+        <v>1636</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="H40" t="s">
-        <v>1621</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B41" t="s">
-        <v>1622</v>
+        <v>1639</v>
       </c>
       <c r="C41" t="s">
-        <v>1623</v>
+        <v>1640</v>
       </c>
       <c r="D41" t="s">
-        <v>1624</v>
+        <v>1641</v>
       </c>
       <c r="E41" t="s">
-        <v>1624</v>
+        <v>1641</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1625</v>
+        <v>1642</v>
       </c>
       <c r="H41" t="s">
-        <v>1626</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B42" t="s">
-        <v>1627</v>
+        <v>1644</v>
       </c>
       <c r="C42" t="s">
-        <v>1628</v>
+        <v>1645</v>
       </c>
       <c r="D42" t="s">
-        <v>1629</v>
+        <v>1646</v>
       </c>
       <c r="E42" t="s">
-        <v>1630</v>
+        <v>1647</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1631</v>
+        <v>1648</v>
       </c>
       <c r="H42" t="s">
-        <v>1632</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B43" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="C43" t="s">
-        <v>1634</v>
+        <v>1651</v>
       </c>
       <c r="D43" t="s">
-        <v>1629</v>
+        <v>1646</v>
       </c>
       <c r="E43" t="s">
-        <v>1630</v>
+        <v>1647</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1635</v>
+        <v>1652</v>
       </c>
       <c r="H43" t="s">
-        <v>1636</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B44" t="s">
-        <v>1637</v>
+        <v>1654</v>
       </c>
       <c r="C44" t="s">
-        <v>1638</v>
+        <v>1655</v>
       </c>
       <c r="D44" t="s">
-        <v>1639</v>
+        <v>1656</v>
       </c>
       <c r="E44" t="s">
-        <v>1640</v>
+        <v>1657</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1641</v>
+        <v>1658</v>
       </c>
       <c r="H44" t="s">
-        <v>1642</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B45" t="s">
-        <v>1643</v>
+        <v>1660</v>
       </c>
       <c r="C45" t="s">
-        <v>1644</v>
+        <v>1661</v>
       </c>
       <c r="D45" t="s">
-        <v>1645</v>
+        <v>1662</v>
       </c>
       <c r="E45" t="s">
-        <v>1646</v>
+        <v>1663</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1647</v>
+        <v>1664</v>
       </c>
       <c r="H45" t="s">
-        <v>1648</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B46" t="s">
-        <v>1649</v>
+        <v>1666</v>
       </c>
       <c r="C46" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="D46" t="s">
-        <v>1651</v>
+        <v>1668</v>
       </c>
       <c r="E46" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="H46" t="s">
-        <v>1654</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B47" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
       <c r="C47" t="s">
-        <v>1656</v>
+        <v>1673</v>
       </c>
       <c r="D47" t="s">
-        <v>1657</v>
+        <v>1674</v>
       </c>
       <c r="E47" t="s">
-        <v>1658</v>
+        <v>1675</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1659</v>
+        <v>1676</v>
       </c>
       <c r="H47" t="s">
-        <v>1660</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="B48" t="s">
-        <v>1661</v>
+        <v>1678</v>
       </c>
       <c r="C48" t="s">
-        <v>1662</v>
+        <v>1679</v>
       </c>
       <c r="D48" t="s">
-        <v>1663</v>
+        <v>1680</v>
       </c>
       <c r="E48" t="s">
-        <v>1664</v>
+        <v>1681</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1665</v>
+        <v>1682</v>
       </c>
       <c r="H48" t="s">
-        <v>1666</v>
-[...91 lines deleted...]
-        <v>1676</v>
+        <v>1683</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>