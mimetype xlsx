--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4088" uniqueCount="2377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4088" uniqueCount="2378">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1793,51 +1793,51 @@
   <si>
     <t>HYDROFIBER AQUACEL AG</t>
   </si>
   <si>
     <t>17/05/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
   </si>
   <si>
     <t>c_398781</t>
   </si>
   <si>
     <t>Laboratoire CONVATEC</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Schwannomatoses non-NF2</t>
   </si>
@@ -3074,51 +3074,51 @@
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
   </si>
   <si>
     <t>c_722917</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>CNEDIMTS du 23 Septembre 2025</t>
   </si>
   <si>
-    <t>22/09/2025 08:40:03</t>
+    <t>22/09/2025 08:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685570/fr/cnedimts-du-23-septembre-2025</t>
   </si>
   <si>
     <t>p_3685570</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 9 avril 2025</t>
   </si>
   <si>
     <t>03/04/2025 17:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
   </si>
   <si>
     <t>p_3600189</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 26 mars 2025</t>
   </si>
@@ -4127,63 +4127,63 @@
   <si>
     <t>17/03/2016 12:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
   </si>
   <si>
     <t>c_946211</t>
   </si>
   <si>
     <t>Prise en charge du risque lié à la coloscopie en gastroentérologie</t>
   </si>
   <si>
     <t>01/08/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272474/fr/prise-en-charge-du-risque-lie-a-la-coloscopie-en-gastroenterologie</t>
   </si>
   <si>
     <t>c_272474</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
-    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique</t>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique - note de cadrage</t>
   </si>
   <si>
     <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
   </si>
   <si>
-    <t>05/11/2025 00:00:00</t>
+    <t>11/02/2026 00:00:00</t>
   </si>
   <si>
     <t>17/11/2025 09:24:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique</t>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3737852</t>
   </si>
   <si>
     <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
   </si>
   <si>
     <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
   </si>
   <si>
     <t>13/02/2024 13:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
   </si>
   <si>
     <t>p_3426280</t>
   </si>
   <si>
     <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
@@ -5144,447 +5144,450 @@
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Endomicroscopie confocale par aiguille de ponction pour la caractérisation des tumeurs kystiques pancréatiques</t>
+  </si>
+  <si>
+    <t>En réponse à une saisine de la CNAM, la HAS a évalué le bénéfice/risque de l’endomicroscopie confocale pour la caractérisation des tumeurs kystiques pancréatiques, défini ses indications et ses conditions de réalisation et rendu à cette issue un avis sur le bien-fondé de l’inscription de cet acte à la classification commune des actes médicaux.</t>
+  </si>
+  <si>
+    <t>25/07/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
+  </si>
+  <si>
+    <t>p_3305438</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+  </si>
+  <si>
+    <t>c_2853398</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+  </si>
+  <si>
+    <t>c_2853392</t>
+  </si>
+  <si>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>c_2607794</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Actes de prise en charge de plaies complexes à l'aide d'un appareil de traitement par pression négative</t>
+  </si>
+  <si>
+    <t>Évaluation des actes associés à la prise en charge de plaies complexes à l’aide d’un appareil de traitement par pression négative (TPN), en hospitalisation à domicile (HAD)</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 18:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609361/fr/actes-de-prise-en-charge-de-plaies-complexes-a-l-aide-d-un-appareil-de-traitement-par-pression-negative</t>
+  </si>
+  <si>
+    <t>c_2609361</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
+  </si>
+  <si>
+    <t>10/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2014 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1731777</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1198113</t>
+  </si>
+  <si>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Évaluation des traitements des plaies par pression négative (TPN)</t>
+  </si>
+  <si>
+    <t>* Evaluer les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation du TPN * Recommander les conditions d’utilisation et de prescription</t>
+  </si>
+  <si>
+    <t>04/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_927017/fr/evaluation-des-traitements-des-plaies-par-pression-negative-tpn</t>
+  </si>
+  <si>
+    <t>c_927017</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation des actes d'implantologie orale : environnement technique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport d’évaluation technologique est d’aider les professionnels de santé concernés : chirurgiens-dentistes, stomatologues, chirurgiens maxillo-faciaux dans leur pratique de la chirurgie implantaire et plus spécifiquement sur les conditions techniques à réunir pour poser des implants intrabuccaux selon les données scientifiques actuelles.</t>
+  </si>
+  <si>
+    <t>02/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_679792/fr/conditions-de-realisation-des-actes-d-implantologie-orale-environnement-technique</t>
+  </si>
+  <si>
+    <t>c_679792</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0061/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de pulpotomie thérapeutique (partielle ou complète) sur dent permanente mature</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:14:00</t>
+  </si>
+  <si>
     <t>11/12/2025 11:02:34</t>
-  </si>
-[...394 lines deleted...]
-    <t>04/12/2025 16:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784827/fr/avis-n2025-0061/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-pulpotomie-therapeutique-partielle-ou-complete-sur-dent-permanente-mature</t>
   </si>
   <si>
     <t>p_3784827</t>
   </si>
   <si>
     <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
   </si>
   <si>
     <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
   </si>
   <si>
     <t>26/09/2017 10:55:00</t>
   </si>
   <si>
     <t>11/10/2018 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
   </si>
   <si>
     <t>c_2877192</t>
   </si>
@@ -8123,2811 +8126,2811 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1827</v>
       </c>
       <c r="B2" t="s">
         <v>1828</v>
       </c>
       <c r="C2" t="s">
         <v>1829</v>
       </c>
       <c r="D2" t="s">
         <v>1830</v>
       </c>
       <c r="E2" t="s">
-        <v>1698</v>
+        <v>1831</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="H2" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1827</v>
       </c>
       <c r="B3" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="C3" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="D3" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="E3" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="H3" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1827</v>
       </c>
       <c r="B4" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="C4" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="D4" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="E4" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="H4" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>1827</v>
       </c>
       <c r="B5" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="C5" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="D5" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="E5" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="H5" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1827</v>
       </c>
       <c r="B6" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="C6" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="D6" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="E6" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="H6" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="J1" t="s">
         <v>28</v>
       </c>
       <c r="K1" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B2" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="H2" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="I2" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="J2" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="K2" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B3" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="H3" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="I3" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="J3" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="K3" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="L3" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="M3" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B4" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="H4" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="I4" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="J4" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="K4" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B5" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="H5" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="I5" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="J5" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="K5" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="L5" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B6" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="H6" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="I6" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="J6" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="K6" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="L6" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="M6" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="N6" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="O6" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B7" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="H7" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="I7" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="J7" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="K7" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="L7" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="M7" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="N7" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="O7" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="P7" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="Q7" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="R7" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="S7" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="T7" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B8" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="H8" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="I8" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="J8" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="K8" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B9" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="H9" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="I9" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="J9" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="K9" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B10" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="H10" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="I10" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="J10" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="K10" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B11" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="H11" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="I11" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="J11" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="K11" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="L11" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="M11" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="N11" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="O11" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B12" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="H12" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="I12" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="J12" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="K12" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="L12" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="M12" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="N12" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B13" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="H13" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="I13" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="J13" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="K13" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B14" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="H14" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="I14" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="J14" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="K14" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B15" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="H15" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="I15" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="J15" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="K15" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="L15" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="M15" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B16" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="H16" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="I16" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="J16" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="K16" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="L16" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B17" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="H17" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="I17" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="J17" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="K17" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="L17" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="M17" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B18" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="H18" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I18" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="J18" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="K18" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B19" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="H19" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I19" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="K19" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="L19" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B20" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H20" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I20" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J20" t="s">
         <v>108</v>
       </c>
       <c r="K20" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="L20" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="M20" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="N20" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B21" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H21" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="I21" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J21" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="K21" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="L21" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="M21" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B22" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="H22" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="I22" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="J22" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="K22" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="L22" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="M22" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="N22" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="O22" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B23" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="H23" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="I23" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="J23" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="K23" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="L23" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="M23" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="N23" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="O23" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="P23" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B24" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="H24" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="I24" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="J24" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="K24" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="L24" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="M24" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="N24" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="O24" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="P24" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B25" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="H25" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="I25" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="J25" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="K25" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="L25" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="M25" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="N25" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B26" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="H26" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="I26" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="J26" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="K26" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="L26" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="M26" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B27" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="H27" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="I27" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="J27" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="K27" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B28" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="H28" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="I28" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="J28" t="s">
         <v>254</v>
       </c>
       <c r="K28" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="L28" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="M28" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B29" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="H29" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="I29" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="J29" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="K29" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="L29" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="M29" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="N29" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="O29" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B30" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="H30" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="I30" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="J30" t="s">
         <v>254</v>
       </c>
       <c r="K30" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="L30" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="M30" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="N30" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="O30" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B31" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="H31" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="I31" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J31" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="K31" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="L31" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="M31" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="N31" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B32" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="H32" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="I32" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="J32" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="K32" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B33" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="H33" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="I33" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="J33" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="K33" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="L33" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="M33" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B34" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="H34" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="I34" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="J34" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="K34" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="L34" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B35" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="H35" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="I35" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="J35" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="K35" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B36" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="H36" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="I36" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="J36" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="K36" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B37" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="H37" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="I37" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="J37" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="K37" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="L37" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="M37" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B38" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="H38" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="I38" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="J38" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="K38" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B39" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="H39" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="I39" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="J39" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="K39" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B40" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="H40" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="I40" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="J40" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="K40" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="L40" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B41" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="H41" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="I41" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="J41" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="K41" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B42" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="H42" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="I42" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="J42" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="K42" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="L42" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="M42" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B43" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="H43" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="I43" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="J43" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="K43" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="L43" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B44" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="H44" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="I44" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="J44" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="K44" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B45" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="H45" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="I45" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="J45" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="K45" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="L45" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B46" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="H46" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="I46" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="J46" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="K46" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="L46" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B47" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="H47" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="I47" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="J47" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="K47" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B48" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="H48" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="I48" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="J48" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="K48" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="L48" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B49" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="H49" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="I49" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="J49" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="K49" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="L49" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="M49" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="N49" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B50" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="H50" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="I50" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="J50" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="K50" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B51" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="H51" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="I51" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="J51" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="K51" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B52" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="H52" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="I52" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="J52" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="K52" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B53" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="H53" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="I53" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="J53" t="s">
         <v>468</v>
       </c>
       <c r="K53" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B54" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="H54" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="I54" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="J54" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="K54" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="L54" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B55" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
         <v>1668</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="H55" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="I55" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="J55" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="K55" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B56" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
         <v>1668</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="H56" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="I56" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="J56" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="K56" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="L56" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B57" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="H57" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="I57" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="J57" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="K57" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B58" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="H58" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="I58" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="J58" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="K58" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B59" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="H59" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="I59" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="J59" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="K59" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B60" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="H60" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="I60" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="J60" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="K60" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B61" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="H61" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="I61" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="J61" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="K61" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B62" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="H62" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="I62" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="J62" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="K62" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B63" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="H63" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="I63" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="J63" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="K63" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B64" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="H64" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="I64" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="J64" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="K64" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="B2" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="C2" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="H2" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="B3" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="C3" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="H3" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="B4" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="C4" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="H4" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="B5" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="C5" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="H5" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J103"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>