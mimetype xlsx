--- v0 (2025-11-09)
+++ v1 (2026-02-08)
@@ -1,691 +1,253 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...11 lines deleted...]
-    <t>MOVICOL (macrogol 3350 + potassium (chlorure) + sodium (bicarbonate et chlorure))</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>XIMEPEG (macrogol 4 000 + électrolytes + siméticone)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>14/09/2023 14:45:00</t>
-[...245 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983196/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>10/24/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983196/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
   </si>
   <si>
     <t>pprd_2983196</t>
   </si>
   <si>
     <t>siméticone,sodium (chlorure de),potassium (chlorure de),citrique (acide) anhydre,sodium (citrate de),macrogol 4000,sodium (sulfate de) anhydre</t>
   </si>
   <si>
     <t>ALFASIGMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862072/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
-[...44 lines deleted...]
-    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+    <t>https://www.has-sante.fr/jcms/c_2862072/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+  </si>
+  <si>
+    <t>ISOVOL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
+  </si>
+  <si>
+    <t>02/24/2015 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984651/en/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>pprd_2984651</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté,malique (acide),hydroxyéthylamidon 130 000</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777265/en/isovol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
+  </si>
+  <si>
+    <t>VOLUVEN (sodium/ hydroxyéthylamidon) solutés de remplissage colloïde</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984652/en/voluven-sodium/-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
+  </si>
+  <si>
+    <t>pprd_2984652</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),amidon hydroxyéthylé 130 000</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
-[...122 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1777260/fr/voluven-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
+    <t>https://www.has-sante.fr/jcms/c_399173/en/voluven-sodium-hydroxyethylamidon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400348/en/voluven-sodium-/-hydroxyethylamidon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777260/en/voluven-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
   </si>
   <si>
     <t>RESTORVOL (amidon hydroxyéthylé 130 000/ sodium (chlorure de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984653/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984653/en/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
   </si>
   <si>
     <t>pprd_2984653</t>
   </si>
   <si>
     <t>amidon hydroxyéthylé 130 000,sodium (chlorure de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_677431/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1701290/fr/plasmalyte-viaflo-sodium-gluconate-de-/-sodium-chlorure-de-/-potassium-chlorure-de-/</t>
+    <t>https://www.has-sante.fr/jcms/c_677431/en/restorvol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777259/en/restorvol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
   </si>
   <si>
     <t>HYDRAPERF (sodium (chlorure de)/ glucose monohydraté)</t>
   </si>
   <si>
-    <t>22/11/2013 13:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984909/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+    <t>11/22/2013 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984909/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984909</t>
   </si>
   <si>
     <t>sodium (chlorure de),glucose monohydraté</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1615551/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1600976/fr/osmotan-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1615551/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AW19"/>
+  <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -716,834 +278,193 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" t="s">
         <v>26</v>
-      </c>
-[...139 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="I4" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="J4" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="K4" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="L4" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="M4" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="I5" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="J5" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="K5" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="L5" t="s">
-        <v>86</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="I6" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="J6" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
-        <v>93</v>
-[...508 lines deleted...]
-        <v>193</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>