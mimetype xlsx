--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,190 +1,244 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>XIMEPEG (macrogol 4 000 + électrolytes + siméticone)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/24/2018 11:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983196/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>24/10/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983196/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
   </si>
   <si>
     <t>pprd_2983196</t>
   </si>
   <si>
     <t>siméticone,sodium (chlorure de),potassium (chlorure de),citrique (acide) anhydre,sodium (citrate de),macrogol 4000,sodium (sulfate de) anhydre</t>
   </si>
   <si>
     <t>ALFASIGMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862072/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>https://www.has-sante.fr/jcms/c_2862072/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+  </si>
+  <si>
+    <t>KLEAN PREP (macrogol 3350/ sodium (bicarbonate de)/ sodium (bicarbonate de)sodium (sulfate de) anhydre/ potassium (chlorure de))</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984183/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984183</t>
+  </si>
+  <si>
+    <t>macrogol 3350,sodium (bicarbonate de),sodium (chlorure de),sodium (sulfate de) anhydre,potassium (chlorure de)</t>
+  </si>
+  <si>
+    <t>NORGINE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400319/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962481/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613503/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
   </si>
   <si>
     <t>IZINOVA (potassium (sulfate de)/ magnésium (sulfate de) heptahydraté/ sodium (s...)</t>
   </si>
   <si>
-    <t>01/20/2015 18:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984654/en/izinova-potassium-sulfate-de-/-magnesium-sulfate-de-heptahydrate/-sodium-s</t>
+    <t>20/01/2015 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984654/fr/izinova-potassium-sulfate-de-/-magnesium-sulfate-de-heptahydrate/-sodium-s</t>
   </si>
   <si>
     <t>pprd_2984654</t>
   </si>
   <si>
     <t>potassium (sulfate de),magnésium (sulfate de) heptahydraté,sodium (sulfate de) anhydre</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777257/en/izinova-sodium-sulfate-magnesium-sulfate-potassium-sulfate-bowel-cleansing-preparation</t>
+    <t>https://www.has-sante.fr/jcms/c_1777257/fr/izinova-sulfate-de-sodium-sulfate-de-magnesium-sulfate-de-potassium-preparation-colique</t>
+  </si>
+  <si>
+    <t>COLOPEG (macrogol/ macrogol 3350/ sodium (chlorure de)/ potassium (chlorure de)...)</t>
+  </si>
+  <si>
+    <t>24/11/2014 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984658/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984658</t>
+  </si>
+  <si>
+    <t>macrogol,macrogol 3350,sodium (chlorure de),potassium (chlorure de),sodium (bicarbonate de),sodium (sulfate de) anhydre</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887284/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776980/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400301/fr/colopeg-poudre-pour-solution-buvable-1-sachet-code-cip-329-080-8-colopeg-poudre-pour-solution-buvable-4-sachets-code-cip-339-059-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K3"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -250,44 +304,126 @@
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
       <c r="K3" t="s">
         <v>26</v>
       </c>
+      <c r="L3" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" t="s">
+        <v>33</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>