--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1994 +1,807 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="381" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>GENOTONORM (somatropine)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/12/2021 17:36:00</t>
-[...320 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984428/fr/genotonorm-somatropine</t>
+    <t>05/17/2024 09:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984428/en/genotonorm-somatropine</t>
   </si>
   <si>
     <t>pprd_2984428</t>
   </si>
   <si>
     <t>somatropine</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398956/fr/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517166/fr/genotonorm-somatropine-hormone-de-croissance</t>
+    <t>https://www.has-sante.fr/jcms/c_398956/en/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399145/en/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-4mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-6mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2mg/0-25-ml-poudre-et-solvant-pour-solution-inje</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399745/en/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotono</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400036/en/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400192/en/genotonorm-5-3-mg/1-ml-genotonorm-12-mg/1-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334814/en/genotonorm-genotonorm-miniquick</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190364/en/genotonorm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2057637/en/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108936/en/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517166/en/genotonorm-somatropin-growth-disturbance</t>
   </si>
   <si>
     <t>UMATROPE (somatropine)</t>
   </si>
   <si>
-    <t>17/05/2024 10:38:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984459/fr/umatrope-somatropine</t>
+    <t>05/17/2024 10:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984459/en/umatrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984459</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400202/fr/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517408/fr/umatrope-somatropine-hormone-de-croissance</t>
+    <t>https://www.has-sante.fr/jcms/c_400202/en/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574649/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684131/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190382/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336447/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048961/en/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108939/en/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517408/en/umatrope-somatropine-growth-disturbance</t>
   </si>
   <si>
     <t>OMNITROPE (somatropine)</t>
   </si>
   <si>
-    <t>07/09/2023 15:25:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984824/fr/omnitrope-somatropine</t>
+    <t>09/07/2023 15:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984824/en/omnitrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984824</t>
   </si>
   <si>
     <t>SANDOZ SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_486595/fr/omnitrope-somatropine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459847/fr/omnitrope-somatropine-hormone-de-croissance</t>
+    <t>https://www.has-sante.fr/jcms/c_486595/en/omnitrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190353/en/omnitrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334829/en/omnitrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724454/en/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459847/en/omnitrope-somatropin-growth-hormone</t>
   </si>
   <si>
     <t>SAIZEN - SAIZEN CLICKEASY (somatropine)</t>
   </si>
   <si>
-    <t>22/09/2022 14:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984968/fr/saizen-saizen-clickeasy-somatropine</t>
+    <t>09/22/2022 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984968/en/saizen-saizen-clickeasy-somatropine</t>
   </si>
   <si>
     <t>pprd_2984968</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399515/fr/saizen-somatropine</t>
-[...17 lines deleted...]
-    <t>NORDITROPINE (somatropine)</t>
+    <t>https://www.has-sante.fr/jcms/c_399515/en/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400946/en/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559895/en/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190350/en/saizen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336435/en/saizen-saizen-clickeasy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361553/en/saizen-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>NORDITROPINE</t>
   </si>
   <si>
     <t>09/09/2022 15:23:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984245/fr/norditropine-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984245/en/norditropine</t>
   </si>
   <si>
     <t>pprd_2984245</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400037/fr/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358585/fr/norditropine-flexpro-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_400037/en/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400812/en/norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-089-1-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-093-9-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-086-2-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190361/en/norditropin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334796/en/norditropin-simplexx-and-nordiflex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598132/en/norditropine-simplexx-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108982/en/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077006/en/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214282/en/norditropin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358585/en/norditropine-flexpro-somatropine</t>
   </si>
   <si>
     <t>NUTROPINAQ (somatropine)</t>
   </si>
   <si>
-    <t>03/10/2019 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984604/fr/nutropinaq-somatropine</t>
+    <t>10/03/2019 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984604/en/nutropinaq-somatropine</t>
   </si>
   <si>
     <t>pprd_2984604</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400048/fr/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3108930/fr/nutropinaq-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_400048/en/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190370/en/nutropinaq</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334817/en/nutropinaq</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013177/en/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108930/en/nutropinaq-somatropine</t>
   </si>
   <si>
     <t>ZOMACTON (somatropine)</t>
   </si>
   <si>
-    <t>06/08/2015 09:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984444/fr/zomacton-somatropine</t>
+    <t>08/06/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984444/en/zomacton-somatropine</t>
   </si>
   <si>
     <t>pprd_2984444</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399209/fr/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400168/fr/maxomat-1-3-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-de-poudre-1-ampoule-de-2-ml-de-solvant</t>
+    <t>https://www.has-sante.fr/jcms/c_399209/en/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460289/en/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190373/en/zomacton</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336444/en/zomacton</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052647/en/zomacton-somatropine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:T8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...46 lines deleted...]
-      <c r="B2" t="s">
         <v>16</v>
       </c>
-      <c r="C2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="D2" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>20</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>21</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="I1" t="s">
+      <c r="N2" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="O2" t="s">
         <v>23</v>
       </c>
-      <c r="B2" t="s">
+      <c r="P2" t="s">
         <v>24</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="Q2" t="s">
         <v>25</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="R2" t="s">
         <v>26</v>
       </c>
-      <c r="H2" t="s">
+      <c r="S2" t="s">
         <v>27</v>
       </c>
-      <c r="I2" t="s">
+      <c r="T2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>30</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3" t="s">
         <v>32</v>
       </c>
       <c r="I3" t="s">
-        <v>28</v>
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>40</v>
+      </c>
+      <c r="R3" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="I4" t="s">
-        <v>28</v>
+        <v>17</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="I5" t="s">
-        <v>28</v>
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>60</v>
+      </c>
+      <c r="O5" t="s">
+        <v>61</v>
+      </c>
+      <c r="P5" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="I6" t="s">
-        <v>28</v>
+        <v>17</v>
+      </c>
+      <c r="J6" t="s">
+        <v>67</v>
+      </c>
+      <c r="K6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L6" t="s">
+        <v>69</v>
+      </c>
+      <c r="M6" t="s">
+        <v>70</v>
+      </c>
+      <c r="N6" t="s">
+        <v>71</v>
+      </c>
+      <c r="O6" t="s">
+        <v>72</v>
+      </c>
+      <c r="P6" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>74</v>
+      </c>
+      <c r="R6" t="s">
+        <v>75</v>
+      </c>
+      <c r="S6" t="s">
+        <v>76</v>
+      </c>
+      <c r="T6" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="H7" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="I7" t="s">
-        <v>28</v>
+        <v>17</v>
+      </c>
+      <c r="J7" t="s">
+        <v>81</v>
+      </c>
+      <c r="K7" t="s">
+        <v>82</v>
+      </c>
+      <c r="L7" t="s">
+        <v>83</v>
+      </c>
+      <c r="M7" t="s">
+        <v>84</v>
+      </c>
+      <c r="N7" t="s">
+        <v>85</v>
+      </c>
+      <c r="O7" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="I8" t="s">
-        <v>28</v>
-[...282 lines deleted...]
-      <c r="G18" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" t="s">
         <v>91</v>
       </c>
-      <c r="H18" t="s">
+      <c r="K8" t="s">
         <v>92</v>
       </c>
-      <c r="I18" t="s">
-[...7 lines deleted...]
-      <c r="B19" t="s">
+      <c r="L8" t="s">
         <v>93</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="M8" t="s">
         <v>94</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="N8" t="s">
         <v>95</v>
       </c>
-      <c r="H19" t="s">
+      <c r="O8" t="s">
         <v>96</v>
-      </c>
-[...575 lines deleted...]
-        <v>206</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>