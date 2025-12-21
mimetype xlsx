--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,157 +1,358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="79">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/19/2014 17:29:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Fiche mémo : conduite à tenir en cas de pic de pollution atmosphérique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>De nombreuses études et rapports d’organismes internationaux telle que l’Organisation mondiale de la santé (OMS), montrent que la pollution atmosphérique a des conséquences importantes en termes de santé publique et que la mise en place d’actions visant à réduire durablement la pollution atmosphérique permettrait d’améliorer de façon considérable la santé et la qualité de vie de la population.</t>
+  </si>
+  <si>
+    <t>10/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2021 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244760/fr/fiche-memo-conduite-a-tenir-en-cas-de-pic-de-pollution-atmospherique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3244760</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Echographie de contraste pour le diagnostic et le suivi du reflux vésico-urétéral chez l’enfant  – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole de l’évaluation de l’échographie de contraste pour le diagnostic et le suivi du reflux vésico-urétéral chez l’enfant</t>
+  </si>
+  <si>
+    <t>05/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2023 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451778/fr/echographie-de-contraste-pour-le-diagnostic-et-le-suivi-du-reflux-vesico-ureteral-chez-l-enfant-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3451778</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 mai 2018</t>
+  </si>
+  <si>
+    <t>23/05/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850532/fr/commission-de-la-transparence-reunion-du-30-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2850532</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +366,469 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
+        <v>78</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>