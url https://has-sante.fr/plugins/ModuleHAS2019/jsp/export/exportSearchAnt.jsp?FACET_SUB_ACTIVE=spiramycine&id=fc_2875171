--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -1,436 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/12/2009 09:00:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
-  </si>
-[...85 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857788/fr/birodogyl-rodogyl-spiramycine/-metronidazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -444,655 +201,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...610 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>