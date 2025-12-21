--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,232 +1,1135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="582" uniqueCount="335">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>07/06/2010 17:20:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>IBERIS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
+    <t>15/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2025 08:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644322/fr/iberis</t>
+  </si>
+  <si>
+    <t>p_3644322</t>
+  </si>
+  <si>
+    <t>Cathéter de dénervation rénale</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
+  </si>
+  <si>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>HEARTMATE II - 10 janvier 2012 (4001 - 4002) avis</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2012 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1124300/fr/heartmate-ii-10-janvier-2012-4001-4002-avis</t>
+  </si>
+  <si>
+    <t>c_1124300</t>
+  </si>
+  <si>
+    <t>THORATEC EUROPE LIMITED (France)</t>
+  </si>
+  <si>
+    <t>AUTOSET CS - 29 juin 2010 (2413) avis</t>
+  </si>
+  <si>
+    <t>Dispositifs de ventilation auto-asservie Pneumologie – Nouveau dispositif Avis défavorable au remboursement dans le traitement symptomatique de la respiration de Cheyne-Stokes ou des apnées centrales du sommeil chez les patients insuffisants cardiaques</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/07/2010 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961937/fr/autoset-cs-29-juin-2010-2413-avis</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
-    <t>RESMED SAS FRANCE</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>RESMED SAS France</t>
+  </si>
+  <si>
+    <t>GEM III VR 7231</t>
+  </si>
+  <si>
+    <t>21/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398518/fr/gem-iii-vr-7231</t>
+  </si>
+  <si>
+    <t>c_398518</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>ALTO 2 DR 624</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398519/fr/alto-2-dr-624</t>
+  </si>
+  <si>
+    <t>c_398519</t>
+  </si>
+  <si>
+    <t>ELA Medical (France)</t>
+  </si>
+  <si>
+    <t>MARQUIS VR 7230</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398529/fr/marquis-vr-7230</t>
+  </si>
+  <si>
+    <t>c_398529</t>
+  </si>
+  <si>
+    <t>MAXIMO VR 7232</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398531/fr/maximo-vr-7232</t>
+  </si>
+  <si>
+    <t>c_398531</t>
+  </si>
+  <si>
+    <t>PHOTON µ DR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398532/fr/photon-dr</t>
+  </si>
+  <si>
+    <t>c_398532</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL France S.A.S.</t>
+  </si>
+  <si>
+    <t>VITALITY DR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398535/fr/vitality-dr</t>
+  </si>
+  <si>
+    <t>c_398535</t>
+  </si>
+  <si>
+    <t>GUIDANT France S.A.S.</t>
+  </si>
+  <si>
+    <t>VITALITY 2 DR</t>
+  </si>
+  <si>
+    <t>01/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398619/fr/vitality-2-dr</t>
+  </si>
+  <si>
+    <t>c_398619</t>
+  </si>
+  <si>
+    <t>GUIDANT (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Ventriculaire Droite Arythmogène</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une Cardiomyopathie Ventriculaire Droite Arythmogène - CVDA. Il a été élaboré par le Centre de Référence Maladies Rares (CRMR) des Cardiomyopathies et des Troubles du Rythme Cardiaque Héréditaires ou Rares Sous l'égide et avec le partenariat de la Filière de Santé des maladies Cardiaques héréditaires CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293825/fr/cardiomyopathie-ventriculaire-droite-arythmogene</t>
+  </si>
+  <si>
+    <t>p_3293825</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux de ventilation auto-asservie, et prestations associées, pour la prise en charge du syndrome des apnées centrales du sommeil et de la respiration de Cheyne-Stokes</t>
+  </si>
+  <si>
+    <t>Après la révision des catégories homogènes des dispositifs médicaux de pression positive continue pour prise en charge de l’apnée obstructive du sommeil, la Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) s’est prononcée sur l’intérêt des dispositifs médicaux de ventilation auto-asservie dans la prise en charge du syndrome des apnées centrales du sommeil et de la respiration de Cheyne-Stokes. La liste des produits et prestations remboursables (LPPR) ne prévoit pas le remboursement de ces dispositifs.</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036941/fr/evaluation-des-dispositifs-medicaux-de-ventilation-auto-asservie-et-prestations-associees-pour-la-prise-en-charge-du-syndrome-des-apnees-centrales-du-sommeil-et-de-la-respiration-de-cheyne-stokes</t>
+  </si>
+  <si>
+    <t>c_2036941</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Quelle place pour le candésartan (Atacand®, Kenzen®) dans l'insuffisance cardiaque ?</t>
+  </si>
+  <si>
+    <t>Un traitement de deuxième intention de l'insuffisance cardiaque.# Le candésartan est le premier antagoniste des récepteurs AT1 de l’angiotensine II (ARA II ou sartans) indiqué dans la prise en charge de l’insuffisance cardiaque (IC) systolique. Son emploi dans cette indication est toutefois limité à deux situations : il peut remplacer les inhibiteurs de l’enzyme de conversion (IEC) lorsqu’ils sont mal tolérés, ou leur être associé chez une partie des patients qui restent symptomatiques en dépit d’un traitement médical optimal.</t>
+  </si>
+  <si>
+    <t>31/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2006 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440019/fr/quelle-place-pour-le-candesartan-atacand-kenzen-dans-l-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>r_1440019</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2014</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740119/fr/commission-de-la-transparence-reunion-du-14-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1740119</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2013</t>
+  </si>
+  <si>
+    <t>06/11/2013 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646886/fr/commission-de-la-transparence-reunion-du-18-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1646886</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0115/DC/SEM du 18 juillet 2018 du collège de la Haute Autorité de santé portant adoption de la recommandation relative à la prise en charge à titre dérogatoire de l’éplérénone dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire des spécialités à base d’éplérénone (INSPRA (médicament princeps) et l’ensemble des spécialités appartenant au groupe générique) dans le cadre d’une recommandation temporaire d’utilisation, dans le « traitement chez les adultes de l’hyperaldostéronisme primaire en cas d’intolérance à la spironolactone », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>18/07/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869273/fr/decision-n-2018-0115/dc/sem-du-18-juillet-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-eplerenone-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2869273</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
+  </si>
+  <si>
+    <t>c_2786174</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ALDACTONE (spironolactone)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984175/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>pprd_2984175</t>
+  </si>
+  <si>
+    <t>spironolactone</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399120/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399408/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459647/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147525/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617856/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>ALDACTAZINE (spironolactone/ altizide)</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984544/fr/aldactazine-spironolactone/-altizide</t>
+  </si>
+  <si>
+    <t>pprd_2984544</t>
+  </si>
+  <si>
+    <t>spironolactone,altizide</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400050/fr/aldactazine-spironolactone/-altizide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847979/fr/aldactazine-spironolactone/-altizide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031563/fr/aldactazine-spironolactone/-altizide</t>
+  </si>
+  <si>
+    <t>SPIROCTAZINE (altizide/ spironolactone)</t>
+  </si>
+  <si>
+    <t>26/03/2013 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984938/fr/spiroctazine-altizide/-spironolactone</t>
+  </si>
+  <si>
+    <t>pprd_2984938</t>
+  </si>
+  <si>
+    <t>altizide,spironolactone</t>
+  </si>
+  <si>
+    <t>LEURQUIN MEDIOLANUM S.A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367679/fr/spiroctazine-altizide/-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400675/fr/spiroctazine-comprime-enrobe-plaquette-s-thermoformee-s-pvc-aluminium-de-30-comprime-s-code-cip-352-237-7</t>
+  </si>
+  <si>
+    <t>SPIROCTAN (spironolactone)</t>
+  </si>
+  <si>
+    <t>14/03/2013 18:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984939/fr/spiroctan-spironolactone</t>
+  </si>
+  <si>
+    <t>pprd_2984939</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400746/fr/spiroctan-50-mg-gelule-b/30-cip-352-238-3-spiroctan-75-mg-gelule-b/30-cip-352-240-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364581/fr/spiroctan-spironolactone</t>
+  </si>
+  <si>
+    <t>SPIRONOLACTONE MICROFINE RATIOPHARM (spironolactone)</t>
+  </si>
+  <si>
+    <t>30/07/2010 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985259/fr/spironolactone-microfine-ratiopharm-spironolactone</t>
+  </si>
+  <si>
+    <t>pprd_2985259</t>
+  </si>
+  <si>
+    <t>Laboratoire RATIOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399659/fr/spironolactone-microfine-ratiopharm-50mg-comprimes-secables-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598134/fr/spironolactone-microfine-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970617/fr/spironolactone-microfine-ratiopharm-spironolactone</t>
+  </si>
+  <si>
+    <t>ALDALIX (spironolactone/ furosémide)</t>
+  </si>
+  <si>
+    <t>07/11/2007 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985414/fr/aldalix-spironolactone/-furosemide</t>
+  </si>
+  <si>
+    <t>pprd_2985414</t>
+  </si>
+  <si>
+    <t>spironolactone,furosémide</t>
+  </si>
+  <si>
+    <t>Laboratoire PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614750/fr/aldalix-spironolactone/-furosemide</t>
+  </si>
+  <si>
+    <t>FLUMACH (spironolactone)</t>
+  </si>
+  <si>
+    <t>02/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985645/fr/flumach-spironolactone</t>
+  </si>
+  <si>
+    <t>pprd_2985645</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400739/fr/flumach-spironolactone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:J12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -237,216 +1140,1968 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>16</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>86</v>
+      </c>
+      <c r="H5" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C6" t="s">
+        <v>89</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>90</v>
+      </c>
+      <c r="H6" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C7" t="s">
+        <v>93</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>94</v>
+      </c>
+      <c r="H7" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>98</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>99</v>
+      </c>
+      <c r="H8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>101</v>
+      </c>
+      <c r="C9" t="s">
+        <v>102</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>103</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>104</v>
+      </c>
+      <c r="H9" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>106</v>
+      </c>
+      <c r="C10" t="s">
+        <v>107</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>108</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>109</v>
+      </c>
+      <c r="H10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
+        <v>111</v>
+      </c>
+      <c r="C11" t="s">
+        <v>112</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>108</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>113</v>
+      </c>
+      <c r="H11" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" t="s">
+        <v>115</v>
+      </c>
+      <c r="C12" t="s">
+        <v>116</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>117</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>118</v>
+      </c>
+      <c r="H12" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" t="s">
+        <v>120</v>
+      </c>
+      <c r="C13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>122</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>123</v>
+      </c>
+      <c r="H13" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" t="s">
+        <v>126</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>122</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>127</v>
+      </c>
+      <c r="H14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>131</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>136</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>137</v>
+      </c>
+      <c r="H16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>139</v>
+      </c>
+      <c r="C17" t="s">
+        <v>140</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>141</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>142</v>
+      </c>
+      <c r="H17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" t="s">
+        <v>145</v>
+      </c>
+      <c r="E18" t="s">
+        <v>146</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>147</v>
+      </c>
+      <c r="H18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" t="s">
+        <v>151</v>
+      </c>
+      <c r="E19" t="s">
+        <v>152</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>153</v>
+      </c>
+      <c r="H19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20" t="s">
+        <v>157</v>
+      </c>
+      <c r="E20" t="s">
+        <v>158</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>159</v>
+      </c>
+      <c r="H20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>67</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>164</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>165</v>
+      </c>
+      <c r="H21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>168</v>
+      </c>
+      <c r="D22" t="s">
+        <v>163</v>
+      </c>
+      <c r="E22" t="s">
+        <v>169</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>170</v>
+      </c>
+      <c r="H22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>174</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>175</v>
+      </c>
+      <c r="H23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D3" t="s">
+        <v>185</v>
+      </c>
+      <c r="E3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>187</v>
+      </c>
+      <c r="H3" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C4" t="s">
+        <v>190</v>
+      </c>
+      <c r="D4" t="s">
+        <v>191</v>
+      </c>
+      <c r="E4" t="s">
+        <v>192</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>193</v>
+      </c>
+      <c r="H4" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B5" t="s">
+        <v>195</v>
+      </c>
+      <c r="C5" t="s">
+        <v>196</v>
+      </c>
+      <c r="D5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E5" t="s">
+        <v>198</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>199</v>
+      </c>
+      <c r="H5" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>177</v>
+      </c>
+      <c r="B6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C6" t="s">
+        <v>202</v>
+      </c>
+      <c r="D6" t="s">
+        <v>203</v>
+      </c>
+      <c r="E6" t="s">
+        <v>204</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>205</v>
+      </c>
+      <c r="H6" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>177</v>
+      </c>
+      <c r="B7" t="s">
+        <v>207</v>
+      </c>
+      <c r="C7" t="s">
+        <v>208</v>
+      </c>
+      <c r="D7" t="s">
+        <v>203</v>
+      </c>
+      <c r="E7" t="s">
+        <v>209</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H7" t="s">
+        <v>211</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>212</v>
+      </c>
+      <c r="B2" t="s">
+        <v>213</v>
+      </c>
+      <c r="C2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D2" t="s">
+        <v>215</v>
+      </c>
+      <c r="E2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>217</v>
+      </c>
+      <c r="H2" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D3" t="s">
+        <v>221</v>
+      </c>
+      <c r="E3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>223</v>
+      </c>
+      <c r="H3" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>212</v>
+      </c>
+      <c r="B4" t="s">
+        <v>225</v>
+      </c>
+      <c r="C4" t="s">
+        <v>226</v>
+      </c>
+      <c r="D4" t="s">
+        <v>227</v>
+      </c>
+      <c r="E4" t="s">
+        <v>228</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>229</v>
+      </c>
+      <c r="H4" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B5" t="s">
+        <v>231</v>
+      </c>
+      <c r="C5" t="s">
+        <v>232</v>
+      </c>
+      <c r="D5" t="s">
+        <v>233</v>
+      </c>
+      <c r="E5" t="s">
+        <v>234</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>235</v>
+      </c>
+      <c r="H5" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>212</v>
+      </c>
+      <c r="B6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D6" t="s">
+        <v>239</v>
+      </c>
+      <c r="E6" t="s">
+        <v>240</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>241</v>
+      </c>
+      <c r="H6" t="s">
+        <v>242</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>246</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>247</v>
+      </c>
+      <c r="H2" t="s">
+        <v>248</v>
+      </c>
+      <c r="I2" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>252</v>
+      </c>
+      <c r="H3" t="s">
+        <v>253</v>
+      </c>
+      <c r="I3" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>244</v>
+      </c>
+      <c r="B4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>255</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>256</v>
+      </c>
+      <c r="H4" t="s">
+        <v>257</v>
+      </c>
+      <c r="I4" t="s">
+        <v>249</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>258</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>259</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>260</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>261</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>262</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>263</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>264</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>258</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>267</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>268</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>269</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>271</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B2" t="s">
+        <v>274</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>275</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>276</v>
+      </c>
+      <c r="H2" t="s">
+        <v>277</v>
+      </c>
+      <c r="I2" t="s">
+        <v>278</v>
+      </c>
+      <c r="J2" t="s">
+        <v>279</v>
+      </c>
+      <c r="K2" t="s">
+        <v>280</v>
+      </c>
+      <c r="L2" t="s">
+        <v>281</v>
+      </c>
+      <c r="M2" t="s">
+        <v>282</v>
+      </c>
+      <c r="N2" t="s">
+        <v>283</v>
+      </c>
+      <c r="O2" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>287</v>
+      </c>
+      <c r="H3" t="s">
+        <v>288</v>
+      </c>
+      <c r="I3" t="s">
+        <v>289</v>
+      </c>
+      <c r="J3" t="s">
+        <v>290</v>
+      </c>
+      <c r="K3" t="s">
+        <v>291</v>
+      </c>
+      <c r="L3" t="s">
+        <v>292</v>
+      </c>
+      <c r="M3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B4" t="s">
+        <v>294</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>295</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>296</v>
+      </c>
+      <c r="H4" t="s">
+        <v>297</v>
+      </c>
+      <c r="I4" t="s">
+        <v>298</v>
+      </c>
+      <c r="J4" t="s">
+        <v>299</v>
+      </c>
+      <c r="K4" t="s">
+        <v>300</v>
+      </c>
+      <c r="L4" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>273</v>
+      </c>
+      <c r="B5" t="s">
+        <v>302</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>304</v>
+      </c>
+      <c r="H5" t="s">
+        <v>305</v>
+      </c>
+      <c r="I5" t="s">
+        <v>278</v>
+      </c>
+      <c r="J5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K5" t="s">
+        <v>306</v>
+      </c>
+      <c r="L5" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>273</v>
+      </c>
+      <c r="B6" t="s">
+        <v>308</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>309</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>310</v>
+      </c>
+      <c r="H6" t="s">
+        <v>311</v>
+      </c>
+      <c r="I6" t="s">
+        <v>278</v>
+      </c>
+      <c r="J6" t="s">
+        <v>312</v>
+      </c>
+      <c r="K6" t="s">
+        <v>313</v>
+      </c>
+      <c r="L6" t="s">
+        <v>314</v>
+      </c>
+      <c r="M6" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>273</v>
+      </c>
+      <c r="B7" t="s">
+        <v>316</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>317</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>318</v>
+      </c>
+      <c r="H7" t="s">
+        <v>319</v>
+      </c>
+      <c r="I7" t="s">
+        <v>320</v>
+      </c>
+      <c r="J7" t="s">
+        <v>321</v>
+      </c>
+      <c r="K7" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>273</v>
+      </c>
+      <c r="B8" t="s">
+        <v>323</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>324</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>325</v>
+      </c>
+      <c r="H8" t="s">
+        <v>326</v>
+      </c>
+      <c r="I8" t="s">
+        <v>278</v>
+      </c>
+      <c r="J8" t="s">
+        <v>327</v>
+      </c>
+      <c r="K8" t="s">
+        <v>328</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>329</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>330</v>
       </c>
       <c r="C2" t="s">
-        <v>34</v>
+        <v>331</v>
       </c>
       <c r="D2" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
+        <v>332</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>333</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>334</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>