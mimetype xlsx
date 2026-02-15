--- v1 (2025-12-21)
+++ v2 (2026-02-15)
@@ -1,1135 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="582" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>IBERIS</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>AUTOSET CS - 29 june 2010 (2413) - Opinion</t>
+  </si>
+  <si>
+    <t>Adaptive servo-ventilation machines</t>
+  </si>
+  <si>
+    <t>06/29/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2010 17:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/07/2025 00:00:00</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_961937/fr/autoset-cs-29-juin-2010-2413-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
-    <t>RESMED SAS France</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
+    <t>RESMED SAS FRANCE</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic symptomatic heart failure with preserved systolic function</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with chronic symptomatic heart failure with systolic function preserved (HFPSF).</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Syndrome de Cushing</t>
-[...218 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Guide parcours de soins insuffisance cardiaque</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
-  </si>
-[...400 lines deleted...]
-    <t>c_2906058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J12"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1140,1968 +252,242 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
-      </c>
-[...318 lines deleted...]
-        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1106 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>258</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>259</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>261</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>262</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>263</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>264</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>258</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>265</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>266</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>267</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>268</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>269</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>270</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O8"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>273</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>274</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>275</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>276</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>277</v>
-[...20 lines deleted...]
-        <v>284</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>273</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>285</v>
+        <v>38</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="E3" t="s">
-        <v>286</v>
+        <v>41</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>287</v>
+        <v>42</v>
       </c>
       <c r="H3" t="s">
-        <v>288</v>
-[...267 lines deleted...]
-        <v>334</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>