--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -572,51 +572,51 @@
   <si>
     <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
   </si>
   <si>
     <t>07/10/2008 14:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
   </si>
   <si>
     <t>c_699967</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>
   <si>
     <t>c_2059286</t>
   </si>