--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,245 +1,862 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Prise en charge des épilepsies partielles pharmaco-résistantes</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Qu’est-ce qu’une épilepsie partielle pharmaco-résistante ? Comment conduire le bilan d’une épilepsie partielle pharmaco-résistante ? Quels sont les critères d’éligibilité à un traitement chirurgical ? Quelle prise en charge médicale et médico-sociale pour les épilepsies partielles pharmaco-résistantes ? Comment informer et éduquer les patients atteints d’épilepsie partielle pharmaco-résistante ? Comment évaluer leur qualité de vie ? Quelle organisation de soins proposer pour améliorer la qualité de leur prise en charge ? De quelles données médico-économiques dispose-t-on ?</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272300/fr/prise-en-charge-des-epilepsies-partielles-pharmaco-resistantes</t>
+  </si>
+  <si>
+    <t>c_272300</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2007</t>
+  </si>
+  <si>
+    <t>06/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616099/fr/commission-de-la-transparence-reunion-du-6-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616099</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 avril 2007</t>
+  </si>
+  <si>
+    <t>25/04/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602974/fr/commission-de-la-transparence-reunion-du-25-avril-2007</t>
+  </si>
+  <si>
+    <t>c_602974</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DIACOMIT (stiripentol)</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983539/fr/diacomit-stiripentol</t>
+  </si>
+  <si>
+    <t>pprd_2983539</t>
+  </si>
+  <si>
+    <t>stiripentol</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545434/fr/diacomit-stiripentol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750713/fr/diacomit-stiripentol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791900/fr/diacomit-stiripentol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290540/fr/diacomit-100-mg-stiripentol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>62</v>
+      </c>
+      <c r="H4" t="s">
+        <v>63</v>
+      </c>
+      <c r="I4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>67</v>
+      </c>
+      <c r="I5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1" t="s">
+        <v>69</v>
+      </c>
+      <c r="K1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+      <c r="I2" t="s">
+        <v>76</v>
+      </c>
+      <c r="J2" t="s">
+        <v>77</v>
+      </c>
+      <c r="K2" t="s">
+        <v>78</v>
+      </c>
+      <c r="L2" t="s">
+        <v>79</v>
+      </c>
+      <c r="M2" t="s">
+        <v>80</v>
+      </c>
+      <c r="N2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>