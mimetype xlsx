--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,499 +1,1233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="120">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SYNCHROMED II</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667035/fr/synchromed-ii</t>
+  </si>
+  <si>
+    <t>c_667035</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS</t>
+  </si>
+  <si>
+    <t>ARCHIMEDES</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667031/fr/archimedes</t>
+  </si>
+  <si>
+    <t>c_667031</t>
+  </si>
+  <si>
+    <t>CODMAN (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Septembre 2022</t>
+  </si>
+  <si>
+    <t>30/11/2022 17:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392578/fr/commission-de-la-transparence-reunion-du-14-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3392578</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ZALVISO (sufentanil)</t>
   </si>
   <si>
-    <t>04/25/2016 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984172/en/zalviso-sufentanil</t>
+    <t>25/04/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984172/fr/zalviso-sufentanil</t>
   </si>
   <si>
     <t>pprd_2984172</t>
   </si>
   <si>
     <t>sufentanil</t>
   </si>
   <si>
     <t>GRUNENTHAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2617877/en/zalviso-sufentanil-analgesic</t>
+    <t>https://www.has-sante.fr/jcms/c_2617877/fr/zalviso-sufentanil</t>
+  </si>
+  <si>
+    <t>SUFENTANIL MERCK (sufentanil citrate)</t>
+  </si>
+  <si>
+    <t>15/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985925/fr/sufentanil-merck-sufentanil-citrate</t>
+  </si>
+  <si>
+    <t>pprd_2985925</t>
+  </si>
+  <si>
+    <t>sufentanil citrate</t>
+  </si>
+  <si>
+    <t>MERCK GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399897/fr/sufentanil-merck-5-g/ml-sufentanil-merck-50-g/ml-solution-injectable-sufentanil-citrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>24</v>
       </c>
-      <c r="H4" t="s">
-        <v>25</v>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" t="s">
+        <v>78</v>
+      </c>
+      <c r="E7" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="I2" t="s">
-        <v>41</v>
+        <v>94</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>100</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H4" t="s">
+        <v>102</v>
+      </c>
+      <c r="I4" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>103</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>108</v>
+      </c>
+      <c r="H2" t="s">
+        <v>109</v>
+      </c>
+      <c r="I2" t="s">
+        <v>110</v>
       </c>
       <c r="J2" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="K2" t="s">
-        <v>43</v>
+        <v>112</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>115</v>
+      </c>
+      <c r="H3" t="s">
+        <v>116</v>
+      </c>
+      <c r="I3" t="s">
+        <v>117</v>
+      </c>
+      <c r="J3" t="s">
+        <v>118</v>
+      </c>
+      <c r="K3" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>