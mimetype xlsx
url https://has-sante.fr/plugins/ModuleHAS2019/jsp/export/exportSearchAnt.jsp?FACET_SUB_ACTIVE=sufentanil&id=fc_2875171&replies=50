--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,1233 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>SYNCHROMED II</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/05/2008 00:00:00</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...2 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...50 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ZALVISO (sufentanil)</t>
   </si>
   <si>
-    <t>25/04/2016 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984172/fr/zalviso-sufentanil</t>
+    <t>04/25/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984172/en/zalviso-sufentanil</t>
   </si>
   <si>
     <t>pprd_2984172</t>
   </si>
   <si>
     <t>sufentanil</t>
   </si>
   <si>
     <t>GRUNENTHAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2617877/fr/zalviso-sufentanil</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399897/fr/sufentanil-merck-5-g/ml-sufentanil-merck-50-g/ml-solution-injectable-sufentanil-citrate</t>
+    <t>https://www.has-sante.fr/jcms/c_2617877/en/zalviso-sufentanil-analgesic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...105 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H4" t="s">
-        <v>40</v>
-[...25 lines deleted...]
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...195 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>88</v>
+        <v>33</v>
+      </c>
+      <c r="J1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>40</v>
       </c>
       <c r="I2" t="s">
-        <v>94</v>
-[...135 lines deleted...]
-        <v>110</v>
+        <v>41</v>
       </c>
       <c r="J2" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="K2" t="s">
-        <v>112</v>
-[...34 lines deleted...]
-        <v>119</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>