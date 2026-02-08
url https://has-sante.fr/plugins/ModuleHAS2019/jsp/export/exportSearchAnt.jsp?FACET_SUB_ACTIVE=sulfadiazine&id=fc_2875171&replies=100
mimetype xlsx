--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1434 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>23/11/2012 13:03:15</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1336040/fr/octenilin</t>
-[...290 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
-  </si>
-[...67 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451770/fr/trimadiaz-antrima-trimadiaz-antrima-nourrissons-et-enfants-trimethoprime/-sulfadiazine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J13"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...399 lines deleted...]
-        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...396 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>