--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -315,68 +315,50 @@
     <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
     <t>La sclérose en plaques</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
   </si>
   <si>
     <t>29/06/2001 00:00:00</t>
   </si>
   <si>
     <t>01/06/2001 17:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
   </si>
   <si>
     <t>c_272001</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3599453</t>
   </si>
   <si>
     <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
     <t>26/06/2019 00:00:00</t>
   </si>
   <si>
     <t>07/09/2019 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
@@ -1094,51 +1076,51 @@
       </c>
       <c r="D5" t="s">
         <v>91</v>
       </c>
       <c r="E5" t="s">
         <v>92</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>93</v>
       </c>
       <c r="H5" t="s">
         <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1150,357 +1132,331 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>95</v>
       </c>
       <c r="B2" t="s">
         <v>96</v>
       </c>
       <c r="C2" t="s">
         <v>97</v>
       </c>
       <c r="D2" t="s">
         <v>98</v>
       </c>
       <c r="E2" t="s">
         <v>99</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>100</v>
       </c>
       <c r="H2" t="s">
         <v>101</v>
-      </c>
-[...24 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="H2" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="I2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B3" t="s">
         <v>109</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="H3" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="I3" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B4" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="H4" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="I4" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
         <v>123</v>
-      </c>
-[...19 lines deleted...]
-        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="J1" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="K1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+      <c r="I2" t="s">
+        <v>132</v>
+      </c>
+      <c r="J2" t="s">
         <v>133</v>
       </c>
-      <c r="B2" t="s">
+      <c r="K2" t="s">
         <v>134</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="L2" t="s">
         <v>135</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="M2" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>