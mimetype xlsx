--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -9,113 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. What are the risk factors for maternal venous thromboembolism?# 2. What are the risk factors for placental vascular disease?# 3. Which further investigations should be performed, and for which patients?# 4. What treatments are available? Which patients should be treated, and what form should that treatment take? What information should patients be given?</t>
+  </si>
+  <si>
+    <t>04/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2003 16:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/11/2021 14:17:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
+    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,127 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A3" t="s">
         <v>15</v>
-      </c>
-[...19 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>