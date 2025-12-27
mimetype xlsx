--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -9,95 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/15/2003 16:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury :# 1. Quels sont les facteurs de risque de la maladie thrombo-embolique veineuse maternelle ?# 2. Quels sont les facteurs de risque de pathologie vasculaire placentaire ?# 3. Quels examens complémentaires réaliser, pour quelles patientes ?# 4. Quels sont les moyens thérapeutiques ? Quelles patientes traiter et selon quelles modalités pratiques ? Quelle information donner aux patientes ?#</t>
+  </si>
+  <si>
+    <t>15/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +125,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>