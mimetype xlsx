--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ONCOVIN (sulfate de vincristine)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/02/2022 11:16:00</t>
+    <t>15/02/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985603/fr/oncovin-sulfate-de-vincristine</t>
   </si>
   <si>
     <t>pprd_2985603</t>
   </si>
   <si>
     <t>sulfate de vincristine</t>
   </si>
   <si>
     <t>EG LABO - LABORATOIRES EUROGENERICS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400938/fr/oncovin-1mg-solution-injectable-1-flacon-en-verre-de-1-ml-cip-3264998</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>