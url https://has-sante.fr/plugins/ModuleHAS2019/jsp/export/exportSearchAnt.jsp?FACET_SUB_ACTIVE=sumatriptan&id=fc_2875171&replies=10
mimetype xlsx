--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,212 +1,368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie et syndrome de moyamoya de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’une maladie ou d’un syndrome de Moyamoya.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>11/08/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660521/fr/maladie-et-syndrome-de-moyamoya-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2660521</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2024</t>
+  </si>
+  <si>
+    <t>13/12/2024 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572417/fr/commission-de-la-transparence-reunion-du-18-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3572417</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 novembre 2024</t>
+  </si>
+  <si>
+    <t>21/11/2024 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558226/fr/commission-de-la-transparence-reunion-du-27-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3558226</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 05 Octobre 2022</t>
+  </si>
+  <si>
+    <t>03/10/2022 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373575/fr/commission-de-la-transparence-reunion-du-05-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3373575</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 septembre 2017</t>
+  </si>
+  <si>
+    <t>01/09/2017 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791827/fr/college-deliberatif-du-6-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2791827</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>NOMANESIT (sumatriptan/naproxène)</t>
   </si>
   <si>
-    <t>01/10/2025 08:45:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3577142/en/nomanesit-sumatriptan/naproxene</t>
+    <t>10/01/2025 08:45:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577142/fr/nomanesit-sumatriptan/naproxene</t>
   </si>
   <si>
     <t>p_3577142</t>
   </si>
   <si>
     <t>sumatriptan,naproxène</t>
   </si>
   <si>
     <t>ORION PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3577027/en/nomanesit-sumatriptan/naproxene</t>
+    <t>https://www.has-sante.fr/jcms/p_3577027/fr/nomanesit-sumatriptan/naproxene-migraine</t>
   </si>
   <si>
     <t>SUMATRIPTAN SUN (sumatriptan)</t>
   </si>
   <si>
-    <t>10/25/2022 17:46:53</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985144/en/sumatriptan-sun-sumatriptan</t>
+    <t>25/10/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985144/fr/sumatriptan-sun-sumatriptan</t>
   </si>
   <si>
     <t>pprd_2985144</t>
   </si>
   <si>
     <t>sumatriptan</t>
   </si>
   <si>
     <t>SUN PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1075826/en/sumatriptan-sun-sumatriptan</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3380762/en/sumatriptan-sun-sumatriptan</t>
+    <t>https://www.has-sante.fr/jcms/c_1075826/fr/sumatriptan-sun-sumatriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380762/fr/sumatriptan-sun-sumatriptan</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -216,174 +372,586 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+      <c r="I4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6" t="s">
+        <v>50</v>
+      </c>
+      <c r="I6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="H3" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="I3" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="J3" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>