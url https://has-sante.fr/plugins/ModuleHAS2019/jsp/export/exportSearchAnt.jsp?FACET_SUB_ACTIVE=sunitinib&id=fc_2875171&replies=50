--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,224 +1,686 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="188">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (ou NGS ou SHD) ; panel de gènes ; génétique ; tumeur stromale gastro-intestinale ; GIST ; sarcome ; sarcome des tissus mous ; maladie rare ; cancer ; appareil digestif ; tissu conjonctif ; altérations moléculaires ; KIT ; PDGFRA ; NTRK</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 avril 2024</t>
+  </si>
+  <si>
+    <t>17/04/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508632/fr/commission-de-la-transparence-reunion-du-24-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3508632</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 février 2024</t>
+  </si>
+  <si>
+    <t>07/02/2024 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493692/fr/commission-de-la-transparence-reunion-du-14-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3493692</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 5 juillet 2022</t>
+  </si>
+  <si>
+    <t>30/06/2022 21:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349235/fr/ceesp-reunion-du-5-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3349235</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 27 janvier 2022</t>
+  </si>
+  <si>
+    <t>27/01/2022 08:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312226/fr/college-deliberatif-du-27-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3312226</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 février 2022</t>
+  </si>
+  <si>
+    <t>25/01/2022 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311951/fr/commission-de-la-transparence-reunion-du-2-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3311951</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 15 avril 2020</t>
+  </si>
+  <si>
+    <t>08/04/2020 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178156/fr/commission-de-la-transparence-reunion-a-distance-du-15-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3178156</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2019</t>
+  </si>
+  <si>
+    <t>16/01/2019 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898177/fr/commission-de-la-transparence-reunion-du-23-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2898177</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>25/10/2018 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880775/fr/commission-de-la-transparence-reunion-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2880775</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 novembre 2016</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746109/fr/ceesp-reunion-du-8-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2746109</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 septembre 2015</t>
+  </si>
+  <si>
+    <t>09/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058865/fr/commission-de-la-transparence-reunion-du-16-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2058865</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 mars 2013</t>
+  </si>
+  <si>
+    <t>06/03/2013 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364406/fr/commission-de-la-transparence-reunion-du-6-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1364406</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2012</t>
+  </si>
+  <si>
+    <t>19/12/2012 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343639/fr/commission-de-la-transparence-reunion-du-19-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1343639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité ONGLYZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>21/09/2011 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097913/fr/commission-de-la-transparence-reunion-du-21-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1097913</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 avril 2011</t>
+  </si>
+  <si>
+    <t>27/04/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1049085/fr/commission-de-la-transparence-reunion-du-27-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1049085</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 mai 2007</t>
+  </si>
+  <si>
+    <t>09/05/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602984/fr/commission-de-la-transparence-reunion-du-9-mai-2007</t>
+  </si>
+  <si>
+    <t>c_602984</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0095/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité LUTATHERA ([177Lu]-DOTA0-Tyr3-octréotate)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité LUTATHERA ([177Lu]-DOTA0-Tyr3-octréotate), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont : « Traitement de première ligne des tumeurs neuroendocrines bien différenciées de l’intestin moyen (jéjunum, iléon, appendice et partie ascendante du côlon) au stade métastatique ou inopérable, surexprimant des récepteurs de la somatostatine et dont l’indice de prolifération Ki67 est inférieur ou égal à 20 %. Tumeurs neuroendocrines gastriques et pancréatiques quel que soit la ligne de traitement.»# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>05/12/2017 09:01:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808709/fr/avis-n2017-0095/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-lutathera-177lu-dota0-tyr3-octreotate</t>
+  </si>
+  <si>
+    <t>c_2808709</t>
+  </si>
+  <si>
+    <t>Avis n°2016.0057/AC/SEM du 7 septembre 2016 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale des spécialités CABOMETYX (cabozantinib)</t>
+  </si>
+  <si>
+    <t>L’indication de l’autorisation de mise sur le marché des spécialités CABOMETYX 20 mg, 40 mg et 60 mg (cabozantinib) qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte est le traitement de 2ème ligne du carcinome à cellules rénales (CCR) au stade avancé. Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/09/2016 16:05:00</t>
+  </si>
+  <si>
+    <t>27/09/2016 17:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671343/fr/avis-n2016-0057/ac/sem-du-7-septembre-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-cabometyx-cabozantinib</t>
+  </si>
+  <si>
+    <t>c_2671343</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SUNITINIB (sunitinib)</t>
+  </si>
+  <si>
+    <t>29/04/2024 11:41:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266356/fr/sunitinib-sunitinib</t>
+  </si>
+  <si>
+    <t>p_3266356</t>
+  </si>
+  <si>
+    <t>sunitinib</t>
+  </si>
+  <si>
+    <t>BIOGARAN / ZENTIVA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265889/fr/sunitinib-biogaran-sunitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3513274/fr/sunitinib-zentiva-sunitinib-oncologie</t>
   </si>
   <si>
     <t>SUTENT (sunitinib)</t>
   </si>
   <si>
-    <t>08/03/2023 10:15:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984266/en/sutent-sunitinib</t>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984266/fr/sutent-sunitinib</t>
   </si>
   <si>
     <t>pprd_2984266</t>
   </si>
   <si>
-    <t>sunitinib</t>
-[...1 lines deleted...]
-  <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_545515/en/sutent</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456524/en/sutent-sunitinib-pancreatic-neuroendocrine-tumours-pnet</t>
+    <t>https://www.has-sante.fr/jcms/c_545515/fr/sutent-sunitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446713/fr/sutent-sunitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104028/fr/sutent-sunitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586921/fr/sutent-sunitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456524/fr/sutent-sunitinib-tumeur-neuroendocrine-du-pancreas-pnet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -245,197 +707,1276 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>21</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
         <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>27</v>
       </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I25"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+      <c r="I3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>65</v>
+      </c>
+      <c r="H4" t="s">
+        <v>66</v>
+      </c>
+      <c r="I4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>73</v>
+      </c>
+      <c r="H6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>76</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>77</v>
+      </c>
+      <c r="H7" t="s">
+        <v>78</v>
+      </c>
+      <c r="I7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>80</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>82</v>
+      </c>
+      <c r="I8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>84</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>85</v>
+      </c>
+      <c r="H9" t="s">
+        <v>86</v>
+      </c>
+      <c r="I9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>89</v>
+      </c>
+      <c r="H10" t="s">
+        <v>90</v>
+      </c>
+      <c r="I10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>92</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>93</v>
+      </c>
+      <c r="H11" t="s">
+        <v>94</v>
+      </c>
+      <c r="I11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>96</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>97</v>
+      </c>
+      <c r="H12" t="s">
+        <v>98</v>
+      </c>
+      <c r="I12" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>100</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13" t="s">
+        <v>102</v>
+      </c>
+      <c r="I13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>104</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>105</v>
+      </c>
+      <c r="H14" t="s">
+        <v>106</v>
+      </c>
+      <c r="I14" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>108</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>109</v>
+      </c>
+      <c r="H15" t="s">
+        <v>110</v>
+      </c>
+      <c r="I15" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>112</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>113</v>
+      </c>
+      <c r="H16" t="s">
+        <v>114</v>
+      </c>
+      <c r="I16" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>117</v>
+      </c>
+      <c r="H17" t="s">
+        <v>118</v>
+      </c>
+      <c r="I17" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18" t="s">
+        <v>122</v>
+      </c>
+      <c r="I18" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>124</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>125</v>
+      </c>
+      <c r="H19" t="s">
+        <v>126</v>
+      </c>
+      <c r="I19" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>128</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>129</v>
+      </c>
+      <c r="H20" t="s">
+        <v>130</v>
+      </c>
+      <c r="I20" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>132</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>133</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>134</v>
+      </c>
+      <c r="H21" t="s">
+        <v>135</v>
+      </c>
+      <c r="I21" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>137</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>138</v>
+      </c>
+      <c r="H22" t="s">
+        <v>139</v>
+      </c>
+      <c r="I22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" t="s">
+        <v>141</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>142</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>143</v>
+      </c>
+      <c r="H23" t="s">
+        <v>144</v>
+      </c>
+      <c r="I23" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>146</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>147</v>
+      </c>
+      <c r="H24" t="s">
+        <v>148</v>
+      </c>
+      <c r="I24" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>150</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>151</v>
+      </c>
+      <c r="H25" t="s">
+        <v>152</v>
+      </c>
+      <c r="I25" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D2" t="s">
+        <v>156</v>
+      </c>
+      <c r="E2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>158</v>
+      </c>
+      <c r="H2" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C3" t="s">
+        <v>161</v>
+      </c>
+      <c r="D3" t="s">
+        <v>162</v>
+      </c>
+      <c r="E3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>166</v>
+      </c>
+      <c r="J1" t="s">
+        <v>167</v>
+      </c>
+      <c r="K1" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>172</v>
+      </c>
+      <c r="H2" t="s">
+        <v>173</v>
+      </c>
+      <c r="I2" t="s">
+        <v>174</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>175</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>176</v>
       </c>
       <c r="L2" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>177</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>180</v>
+      </c>
+      <c r="H3" t="s">
+        <v>181</v>
+      </c>
+      <c r="I3" t="s">
+        <v>174</v>
+      </c>
+      <c r="J3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K3" t="s">
+        <v>183</v>
+      </c>
+      <c r="L3" t="s">
+        <v>184</v>
+      </c>
+      <c r="M3" t="s">
+        <v>185</v>
+      </c>
+      <c r="N3" t="s">
+        <v>186</v>
+      </c>
+      <c r="O3" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>