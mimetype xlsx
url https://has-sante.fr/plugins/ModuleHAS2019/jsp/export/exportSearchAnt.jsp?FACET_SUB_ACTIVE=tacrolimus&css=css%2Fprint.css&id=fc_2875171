--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,808 +1,4860 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="929" uniqueCount="533">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ATOPICLAIR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280889/fr/atopiclair</t>
+  </si>
+  <si>
+    <t>p_3280889</t>
+  </si>
+  <si>
+    <t>Crème</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>DERMASILK - 14 juin 2011 (3590) avis</t>
+  </si>
+  <si>
+    <t>Sous-vêtements thérapeutiques en soie pure, sans séricine, avec traitement antibactérien (antibactérien AEM5572/5) DERMATOLOGIE – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>14/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/06/2011 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1052207/fr/dermasilk-14-juin-2011-3590-avis</t>
+  </si>
+  <si>
+    <t>c_1052207</t>
+  </si>
+  <si>
+    <t>Fritsch Medical (France)</t>
+  </si>
+  <si>
+    <t>OPTIVE - 03 mai 2011 (3568) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique OPTHTALMOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport à VISMED Multi</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2011 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046127/fr/optive-03-mai-2011-3568-avis</t>
+  </si>
+  <si>
+    <t>c_1046127</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS</t>
+  </si>
+  <si>
+    <t>XIENCE V - 29 juin 2010 (2533) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973400/fr/xience-v-29-juin-2010-2533-avis</t>
+  </si>
+  <si>
+    <t>c_973400</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 29 juin 2010 (2532) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973407/fr/xience-prime-29-juin-2010-2532-avis</t>
+  </si>
+  <si>
+    <t>c_973407</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2009 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_809786/fr/atopiclair</t>
+  </si>
+  <si>
+    <t>c_809786</t>
+  </si>
+  <si>
+    <t>SINCLAIR PHARMA France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
+  </si>
+  <si>
+    <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
+  </si>
+  <si>
+    <t>09/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
+  </si>
+  <si>
+    <t>c_1775180</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>ALD n° 28 - Suite de transplantation rénale de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>03/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2018 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_689330/fr/ald-n-28-suite-de-transplantation-renale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_689330</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Indications for liver transplantation (19-20 January 2005)</t>
-[...5 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Pancreatic islet transplantation - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et au suivi de l’hépatite E</t>
+  </si>
+  <si>
+    <t>Évaluation des actes relatifs au diagnostic et au suivi de l’hépatite E virale (VHE) : recherche de l’ARN viral par amplification génique (RT-PCR) dans le sang et les selles, recherche des anticorps spécifiques (IgM, IgG) par une technique immunoenzymatique (EIA), en vue de l’actualisation de la Nomenclature des actes de biologie médicale (NABM).</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 Mai 2022</t>
+  </si>
+  <si>
+    <t>17/05/2022 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338651/fr/commission-de-la-transparence-reunion-du-18-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3338651</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 février 2020</t>
+  </si>
+  <si>
+    <t>09/03/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161572/fr/ceesp-reunion-du-11-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3161572</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mai 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086199/fr/commission-de-la-transparence-reunion-du-22-mai-2019</t>
+  </si>
+  <si>
+    <t>p_3086199</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067815/fr/commission-de-la-transparence-reunion-du-26-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3067815</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2018</t>
+  </si>
+  <si>
+    <t>27/04/2018 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2846667/fr/college-deliberatif-du-2-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2846667</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>11/04/2016 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623740/fr/college-deliberatif-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2623740</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 juillet 2014</t>
+  </si>
+  <si>
+    <t>01/07/2014 18:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751604/fr/commission-de-la-transparence-reunion-du-9-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1751604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2013</t>
+  </si>
+  <si>
+    <t>30/12/2013 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1694858/fr/commission-de-la-transparence-reunion-du-20-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1694858</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 septembre 2011</t>
+  </si>
+  <si>
+    <t>14/09/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096142/fr/commission-de-la-transparence-reunion-du-14-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1096142</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2009</t>
+  </si>
+  <si>
+    <t>07/10/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_858388/fr/commission-de-la-transparence-reunion-du-7-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_858388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2008</t>
+  </si>
+  <si>
+    <t>28/05/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665170/fr/commission-de-la-transparence-reunion-du-28-mai-2008</t>
+  </si>
+  <si>
+    <t>c_665170</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2008</t>
+  </si>
+  <si>
+    <t>20/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635304/fr/commission-de-la-transparence-reunion-du-20-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_635304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2007</t>
+  </si>
+  <si>
+    <t>18/04/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592925/fr/commission-de-la-transparence-reunion-du-18-avril-2007</t>
+  </si>
+  <si>
+    <t>c_592925</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0043/AC/SEAP du 10 juillet 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche «Greffe utérine à partir de donneur vivant»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche «Greffe utérine à partir de donneur vivant» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>10/07/2019 15:10:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076755/fr/avis-n-2019-0043/ac/seap-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-greffe-uterine-a-partir-de-donneur-vivant</t>
+  </si>
+  <si>
+    <t>p_3076755</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PROTOPIC (tacrolimus monohydraté)</t>
   </si>
   <si>
-    <t>09/02/2022 17:10:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982721/en/protopic-tacrolimus-monohydrate</t>
+    <t>02/09/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982721/fr/protopic-tacrolimus-monohydrate</t>
   </si>
   <si>
     <t>pprd_2982721</t>
   </si>
   <si>
     <t>tacrolimus monohydraté</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399653/en/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3361535/en/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+    <t>https://www.has-sante.fr/jcms/c_399653/fr/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676938/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106822/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714270/fr/protopic-tacrolimus-immunosuppresseur-en-topique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973360/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361535/fr/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+  </si>
+  <si>
+    <t>CONFEROPORT (tacrolimus)</t>
+  </si>
+  <si>
+    <t>30/04/2021 17:49:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263879/fr/conferoport-tacrolimus</t>
+  </si>
+  <si>
+    <t>p_3263879</t>
+  </si>
+  <si>
+    <t>tacrolimus</t>
+  </si>
+  <si>
+    <t>SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263668/fr/conferoport-tacrolimus</t>
   </si>
   <si>
     <t>ADVAGRAF - MODIGRAF - PROGRAF (tacrolimus)</t>
   </si>
   <si>
-    <t>06/05/2019 16:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982736/en/advagraf-modigraf-prograf-tacrolimus</t>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982736/fr/advagraf-modigraf-prograf-tacrolimus</t>
   </si>
   <si>
     <t>pprd_2982736</t>
   </si>
   <si>
-    <t>tacrolimus</t>
-[...1 lines deleted...]
-  <si>
     <t>ASTELLAS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642440/en/advagraf</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399652/en/prograf-0-5-mg-b/50-1-mg-b/50-5-mg-b/50-gelule</t>
+    <t>https://www.has-sante.fr/jcms/c_642440/fr/advagraf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874843/fr/advagraf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525554/fr/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971783/fr/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874873/fr/modigraf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677008/fr/prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545029/fr/prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399652/fr/prograf-0-5-mg-b/50-1-mg-b/50-5-mg-b/50-gelule</t>
+  </si>
+  <si>
+    <t>ADOPORT (tacrolimus monohydraté)</t>
+  </si>
+  <si>
+    <t>26/01/2018 14:20:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983424/fr/adoport-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983424</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052644/fr/adoport-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823238/fr/adoport-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>TACROLIMUS SANDOZ (tacrolimus/ tacrolimus monohydraté)</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984556/fr/tacrolimus-sandoz-tacrolimus/-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984556</t>
+  </si>
+  <si>
+    <t>tacrolimus,tacrolimus monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023172/fr/tacrolimus-eg-tacrolimus/-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028534/fr/tacrolimus-sandoz-tacrolimus/-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>ENVARSUS (tacrolimus monohydraté)</t>
+  </si>
+  <si>
+    <t>03/04/2015 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984582/fr/envarsus-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984582</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024174/fr/envarsus-tacrolimus-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J1" t="s">
         <v>9</v>
       </c>
+      <c r="K1" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B2" t="s">
+        <v>481</v>
+      </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>482</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>483</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>484</v>
+      </c>
+      <c r="I2" t="s">
+        <v>485</v>
+      </c>
+      <c r="J2" t="s">
+        <v>486</v>
+      </c>
+      <c r="K2" t="s">
+        <v>487</v>
+      </c>
+      <c r="L2" t="s">
+        <v>488</v>
+      </c>
+      <c r="M2" t="s">
+        <v>489</v>
+      </c>
+      <c r="N2" t="s">
+        <v>490</v>
+      </c>
+      <c r="O2" t="s">
+        <v>491</v>
+      </c>
+      <c r="P2" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>480</v>
+      </c>
+      <c r="B3" t="s">
+        <v>493</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>495</v>
+      </c>
+      <c r="H3" t="s">
+        <v>496</v>
+      </c>
+      <c r="I3" t="s">
+        <v>497</v>
+      </c>
+      <c r="J3" t="s">
+        <v>498</v>
+      </c>
+      <c r="K3" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>480</v>
+      </c>
+      <c r="B4" t="s">
+        <v>500</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>501</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>502</v>
+      </c>
+      <c r="H4" t="s">
+        <v>503</v>
+      </c>
+      <c r="I4" t="s">
+        <v>497</v>
+      </c>
+      <c r="J4" t="s">
+        <v>504</v>
+      </c>
+      <c r="K4" t="s">
+        <v>505</v>
+      </c>
+      <c r="L4" t="s">
+        <v>506</v>
+      </c>
+      <c r="M4" t="s">
+        <v>507</v>
+      </c>
+      <c r="N4" t="s">
+        <v>508</v>
+      </c>
+      <c r="O4" t="s">
+        <v>509</v>
+      </c>
+      <c r="P4" t="s">
+        <v>510</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>511</v>
+      </c>
+      <c r="R4" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B5" t="s">
+        <v>513</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>514</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>515</v>
+      </c>
+      <c r="H5" t="s">
+        <v>516</v>
+      </c>
+      <c r="I5" t="s">
+        <v>485</v>
+      </c>
+      <c r="J5" t="s">
+        <v>517</v>
+      </c>
+      <c r="K5" t="s">
+        <v>518</v>
+      </c>
+      <c r="L5" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>480</v>
+      </c>
+      <c r="B6" t="s">
+        <v>520</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>521</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>522</v>
+      </c>
+      <c r="H6" t="s">
+        <v>523</v>
+      </c>
+      <c r="I6" t="s">
+        <v>524</v>
+      </c>
+      <c r="J6" t="s">
+        <v>517</v>
+      </c>
+      <c r="K6" t="s">
+        <v>525</v>
+      </c>
+      <c r="L6" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>480</v>
+      </c>
+      <c r="B7" t="s">
+        <v>527</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>528</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>529</v>
+      </c>
+      <c r="H7" t="s">
+        <v>530</v>
+      </c>
+      <c r="I7" t="s">
+        <v>485</v>
+      </c>
+      <c r="J7" t="s">
+        <v>531</v>
+      </c>
+      <c r="K7" t="s">
+        <v>532</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>73</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>74</v>
+      </c>
+      <c r="H5" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>78</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>84</v>
+      </c>
+      <c r="H7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>88</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>89</v>
+      </c>
+      <c r="H8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" t="s">
+        <v>91</v>
+      </c>
+      <c r="C9" t="s">
+        <v>92</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>93</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>94</v>
+      </c>
+      <c r="H9" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>98</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>99</v>
+      </c>
+      <c r="H10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>103</v>
+      </c>
+      <c r="E11" t="s">
+        <v>104</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>105</v>
+      </c>
+      <c r="H11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>108</v>
+      </c>
+      <c r="D12" t="s">
+        <v>109</v>
+      </c>
+      <c r="E12" t="s">
+        <v>110</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>111</v>
+      </c>
+      <c r="H12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>115</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>121</v>
+      </c>
+      <c r="H14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>125</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>126</v>
+      </c>
+      <c r="H15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>130</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>131</v>
+      </c>
+      <c r="H16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>135</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>136</v>
+      </c>
+      <c r="H17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>140</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>141</v>
+      </c>
+      <c r="H18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>144</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>140</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>145</v>
+      </c>
+      <c r="H19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>148</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>149</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>150</v>
+      </c>
+      <c r="H20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>153</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>154</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>155</v>
+      </c>
+      <c r="H21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>55</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>158</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>159</v>
+      </c>
+      <c r="H22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>55</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>162</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>163</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>164</v>
+      </c>
+      <c r="H23" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>167</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>168</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>169</v>
+      </c>
+      <c r="H24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>172</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>173</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>174</v>
+      </c>
+      <c r="H25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
+        <v>177</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>173</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>178</v>
+      </c>
+      <c r="H26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>181</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>173</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>182</v>
+      </c>
+      <c r="H27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>185</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>186</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>187</v>
+      </c>
+      <c r="H28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>190</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>191</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>192</v>
+      </c>
+      <c r="H29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>195</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>196</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>197</v>
+      </c>
+      <c r="H30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>55</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>200</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>201</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>202</v>
+      </c>
+      <c r="H31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C32" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>206</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>207</v>
+      </c>
+      <c r="H32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>55</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>210</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>211</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>212</v>
+      </c>
+      <c r="H33" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>55</v>
+      </c>
+      <c r="B34" t="s">
+        <v>214</v>
+      </c>
+      <c r="C34" t="s">
+        <v>215</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>216</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>217</v>
+      </c>
+      <c r="H34" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>55</v>
+      </c>
+      <c r="B35" t="s">
+        <v>219</v>
+      </c>
+      <c r="C35" t="s">
+        <v>220</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>221</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>222</v>
+      </c>
+      <c r="H35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>55</v>
+      </c>
+      <c r="B36" t="s">
+        <v>123</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>224</v>
+      </c>
+      <c r="E36" t="s">
+        <v>225</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>226</v>
+      </c>
+      <c r="H36" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37" t="s">
+        <v>228</v>
+      </c>
+      <c r="C37" t="s">
+        <v>229</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>230</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>231</v>
+      </c>
+      <c r="H37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>55</v>
+      </c>
+      <c r="B38" t="s">
+        <v>233</v>
+      </c>
+      <c r="C38" t="s">
+        <v>234</v>
+      </c>
+      <c r="D38" t="s">
+        <v>235</v>
+      </c>
+      <c r="E38" t="s">
+        <v>236</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>237</v>
+      </c>
+      <c r="H38" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>55</v>
+      </c>
+      <c r="B39" t="s">
+        <v>239</v>
+      </c>
+      <c r="C39" t="s">
+        <v>240</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>241</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>242</v>
+      </c>
+      <c r="H39" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>55</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" t="s">
+        <v>245</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>246</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>247</v>
+      </c>
+      <c r="H40" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>55</v>
+      </c>
+      <c r="B41" t="s">
+        <v>249</v>
+      </c>
+      <c r="C41" t="s">
+        <v>250</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>251</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>252</v>
+      </c>
+      <c r="H41" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>55</v>
+      </c>
+      <c r="B42" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" t="s">
+        <v>255</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>256</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>257</v>
+      </c>
+      <c r="H42" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>55</v>
+      </c>
+      <c r="B43" t="s">
+        <v>259</v>
+      </c>
+      <c r="C43" t="s">
+        <v>260</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>261</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>262</v>
+      </c>
+      <c r="H43" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>55</v>
+      </c>
+      <c r="B44" t="s">
+        <v>264</v>
+      </c>
+      <c r="C44" t="s">
+        <v>265</v>
+      </c>
+      <c r="D44" t="s">
+        <v>266</v>
+      </c>
+      <c r="E44" t="s">
+        <v>267</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>268</v>
+      </c>
+      <c r="H44" t="s">
+        <v>269</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>270</v>
+      </c>
+      <c r="B2" t="s">
+        <v>271</v>
+      </c>
+      <c r="C2" t="s">
+        <v>272</v>
+      </c>
+      <c r="D2" t="s">
+        <v>273</v>
+      </c>
+      <c r="E2" t="s">
+        <v>274</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>275</v>
+      </c>
+      <c r="H2" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" t="s">
+        <v>277</v>
+      </c>
+      <c r="C3" t="s">
+        <v>278</v>
+      </c>
+      <c r="D3" t="s">
+        <v>279</v>
+      </c>
+      <c r="E3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>281</v>
+      </c>
+      <c r="H3" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C4" t="s">
+        <v>284</v>
+      </c>
+      <c r="D4" t="s">
+        <v>285</v>
+      </c>
+      <c r="E4" t="s">
+        <v>286</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>287</v>
+      </c>
+      <c r="H4" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>270</v>
+      </c>
+      <c r="B5" t="s">
+        <v>289</v>
+      </c>
+      <c r="C5" t="s">
+        <v>290</v>
+      </c>
+      <c r="D5" t="s">
+        <v>291</v>
+      </c>
+      <c r="E5" t="s">
+        <v>292</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>293</v>
+      </c>
+      <c r="H5" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>270</v>
+      </c>
+      <c r="B6" t="s">
+        <v>295</v>
+      </c>
+      <c r="C6" t="s">
+        <v>296</v>
+      </c>
+      <c r="D6" t="s">
+        <v>297</v>
+      </c>
+      <c r="E6" t="s">
+        <v>298</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>299</v>
+      </c>
+      <c r="H6" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>270</v>
+      </c>
+      <c r="B7" t="s">
+        <v>301</v>
+      </c>
+      <c r="C7" t="s">
+        <v>302</v>
+      </c>
+      <c r="D7" t="s">
+        <v>303</v>
+      </c>
+      <c r="E7" t="s">
+        <v>304</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>305</v>
+      </c>
+      <c r="H7" t="s">
+        <v>306</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>307</v>
+      </c>
+      <c r="B2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D2" t="s">
+        <v>310</v>
+      </c>
+      <c r="E2" t="s">
+        <v>311</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>312</v>
+      </c>
+      <c r="H2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C3" t="s">
+        <v>315</v>
+      </c>
+      <c r="D3" t="s">
+        <v>316</v>
+      </c>
+      <c r="E3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>318</v>
+      </c>
+      <c r="H3" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>307</v>
+      </c>
+      <c r="B4" t="s">
+        <v>320</v>
+      </c>
+      <c r="C4" t="s">
+        <v>321</v>
+      </c>
+      <c r="D4" t="s">
+        <v>322</v>
+      </c>
+      <c r="E4" t="s">
+        <v>323</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>324</v>
+      </c>
+      <c r="H4" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>307</v>
+      </c>
+      <c r="B5" t="s">
+        <v>326</v>
+      </c>
+      <c r="C5" t="s">
+        <v>327</v>
+      </c>
+      <c r="D5" t="s">
+        <v>328</v>
+      </c>
+      <c r="E5" t="s">
+        <v>329</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H5" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>307</v>
+      </c>
+      <c r="B6" t="s">
+        <v>332</v>
+      </c>
+      <c r="C6" t="s">
+        <v>333</v>
+      </c>
+      <c r="D6" t="s">
+        <v>334</v>
+      </c>
+      <c r="E6" t="s">
+        <v>335</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>336</v>
+      </c>
+      <c r="H6" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>307</v>
+      </c>
+      <c r="B7" t="s">
+        <v>338</v>
+      </c>
+      <c r="C7" t="s">
+        <v>339</v>
+      </c>
+      <c r="D7" t="s">
+        <v>340</v>
+      </c>
+      <c r="E7" t="s">
+        <v>341</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>342</v>
+      </c>
+      <c r="H7" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>307</v>
+      </c>
+      <c r="B8" t="s">
+        <v>344</v>
+      </c>
+      <c r="C8" t="s">
+        <v>345</v>
+      </c>
+      <c r="D8" t="s">
+        <v>346</v>
+      </c>
+      <c r="E8" t="s">
+        <v>347</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>348</v>
+      </c>
+      <c r="H8" t="s">
+        <v>349</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>351</v>
+      </c>
+      <c r="B2" t="s">
+        <v>352</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>353</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>354</v>
+      </c>
+      <c r="H2" t="s">
+        <v>355</v>
+      </c>
+      <c r="I2" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>359</v>
+      </c>
+      <c r="H3" t="s">
+        <v>360</v>
+      </c>
+      <c r="I3" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>351</v>
+      </c>
+      <c r="B4" t="s">
+        <v>361</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>362</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>363</v>
+      </c>
+      <c r="H4" t="s">
+        <v>364</v>
+      </c>
+      <c r="I4" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>351</v>
+      </c>
+      <c r="B5" t="s">
+        <v>365</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>366</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>367</v>
+      </c>
+      <c r="H5" t="s">
+        <v>368</v>
+      </c>
+      <c r="I5" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>351</v>
+      </c>
+      <c r="B6" t="s">
+        <v>369</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>370</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>371</v>
+      </c>
+      <c r="H6" t="s">
+        <v>372</v>
+      </c>
+      <c r="I6" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>351</v>
+      </c>
+      <c r="B7" t="s">
+        <v>373</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>374</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>375</v>
+      </c>
+      <c r="H7" t="s">
+        <v>376</v>
+      </c>
+      <c r="I7" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>351</v>
+      </c>
+      <c r="B8" t="s">
+        <v>377</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>378</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>379</v>
+      </c>
+      <c r="H8" t="s">
+        <v>380</v>
+      </c>
+      <c r="I8" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>351</v>
+      </c>
+      <c r="B9" t="s">
+        <v>381</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>382</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>383</v>
+      </c>
+      <c r="H9" t="s">
+        <v>384</v>
+      </c>
+      <c r="I9" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>351</v>
+      </c>
+      <c r="B10" t="s">
+        <v>385</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>386</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>387</v>
+      </c>
+      <c r="H10" t="s">
+        <v>388</v>
+      </c>
+      <c r="I10" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>351</v>
+      </c>
+      <c r="B11" t="s">
+        <v>389</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>390</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>391</v>
+      </c>
+      <c r="H11" t="s">
+        <v>392</v>
+      </c>
+      <c r="I11" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>351</v>
+      </c>
+      <c r="B12" t="s">
+        <v>393</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>394</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>395</v>
+      </c>
+      <c r="H12" t="s">
+        <v>396</v>
+      </c>
+      <c r="I12" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>351</v>
+      </c>
+      <c r="B13" t="s">
+        <v>397</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>398</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>399</v>
+      </c>
+      <c r="H13" t="s">
+        <v>400</v>
+      </c>
+      <c r="I13" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>351</v>
+      </c>
+      <c r="B14" t="s">
+        <v>401</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>402</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>403</v>
+      </c>
+      <c r="H14" t="s">
+        <v>404</v>
+      </c>
+      <c r="I14" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>351</v>
+      </c>
+      <c r="B15" t="s">
+        <v>405</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>406</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>407</v>
+      </c>
+      <c r="H15" t="s">
+        <v>408</v>
+      </c>
+      <c r="I15" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>351</v>
+      </c>
+      <c r="B16" t="s">
+        <v>409</v>
+      </c>
+      <c r="C16" t="s">
+        <v>410</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>411</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>412</v>
+      </c>
+      <c r="H16" t="s">
+        <v>413</v>
+      </c>
+      <c r="I16" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>351</v>
+      </c>
+      <c r="B17" t="s">
+        <v>414</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>415</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>416</v>
+      </c>
+      <c r="H17" t="s">
+        <v>417</v>
+      </c>
+      <c r="I17" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>351</v>
+      </c>
+      <c r="B18" t="s">
+        <v>418</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>419</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>420</v>
+      </c>
+      <c r="H18" t="s">
+        <v>421</v>
+      </c>
+      <c r="I18" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>351</v>
+      </c>
+      <c r="B19" t="s">
+        <v>422</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>423</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>424</v>
+      </c>
+      <c r="H19" t="s">
+        <v>425</v>
+      </c>
+      <c r="I19" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>351</v>
+      </c>
+      <c r="B20" t="s">
+        <v>426</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>427</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>428</v>
+      </c>
+      <c r="H20" t="s">
+        <v>429</v>
+      </c>
+      <c r="I20" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>351</v>
+      </c>
+      <c r="B21" t="s">
+        <v>430</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>431</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>432</v>
+      </c>
+      <c r="H21" t="s">
+        <v>433</v>
+      </c>
+      <c r="I21" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>351</v>
+      </c>
+      <c r="B22" t="s">
+        <v>434</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>435</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>436</v>
+      </c>
+      <c r="H22" t="s">
+        <v>437</v>
+      </c>
+      <c r="I22" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>351</v>
+      </c>
+      <c r="B23" t="s">
+        <v>438</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>439</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>440</v>
+      </c>
+      <c r="H23" t="s">
+        <v>441</v>
+      </c>
+      <c r="I23" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>351</v>
+      </c>
+      <c r="B24" t="s">
+        <v>442</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>443</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>444</v>
+      </c>
+      <c r="H24" t="s">
+        <v>445</v>
+      </c>
+      <c r="I24" t="s">
+        <v>356</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>448</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>449</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>450</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>451</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>452</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>446</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>453</v>
       </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>454</v>
       </c>
       <c r="D3" t="s">
-        <v>24</v>
+        <v>455</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>456</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>457</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>458</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>459</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>460</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>461</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>462</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>463</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
-[...77 lines deleted...]
-        <v>52</v>
+        <v>464</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R3"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>56</v>
+        <v>465</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>466</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>467</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>468</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>469</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>470</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
-[...23 lines deleted...]
-        <v>68</v>
+        <v>471</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>56</v>
+        <v>465</v>
       </c>
       <c r="B3" t="s">
-        <v>69</v>
+        <v>472</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>473</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>474</v>
       </c>
       <c r="E3" t="s">
-        <v>70</v>
+        <v>475</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>71</v>
+        <v>476</v>
       </c>
       <c r="H3" t="s">
-        <v>72</v>
-[...29 lines deleted...]
-        <v>82</v>
+        <v>477</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>