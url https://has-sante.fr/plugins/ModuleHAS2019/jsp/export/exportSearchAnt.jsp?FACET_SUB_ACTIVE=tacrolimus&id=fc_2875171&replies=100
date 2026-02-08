--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,4242 +1,808 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="809" uniqueCount="457">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ATOPICLAIR</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/07/2021 00:00:00</t>
-[...197 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Lupus Systémique de l'adulte et de l'enfant</t>
-[...425 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Indications de la transplantation hépatique</t>
-[...5 lines deleted...]
-    <t>08/03/2005 00:00:00</t>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Transplantation d’îlots pancréatiques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et au suivi de l’hépatite E</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the Health Insurance proposals to update the list of procedures involved in the diagnosis and follow-up of viral hepatitis E (detection of RNA and detection of serum antibodies), by specifying their indications and the techniques used. The aim of this work is not to assess the treatment, screening or overall management of this type of hepatitis</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...53 lines deleted...]
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...389 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PROTOPIC (tacrolimus monohydraté)</t>
   </si>
   <si>
-    <t>02/09/2022 17:10:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982721/fr/protopic-tacrolimus-monohydrate</t>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982721/en/protopic-tacrolimus-monohydrate</t>
   </si>
   <si>
     <t>pprd_2982721</t>
   </si>
   <si>
     <t>tacrolimus monohydraté</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399653/fr/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
-[...26 lines deleted...]
-    <t>p_3263879</t>
+    <t>https://www.has-sante.fr/jcms/c_399653/en/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676938/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106822/en/protopic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714270/en/protopic-ointment</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973360/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361535/en/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+  </si>
+  <si>
+    <t>ADVAGRAF - MODIGRAF - PROGRAF (tacrolimus)</t>
+  </si>
+  <si>
+    <t>06/05/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982736/en/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>pprd_2982736</t>
   </si>
   <si>
     <t>tacrolimus</t>
   </si>
   <si>
-    <t>SANDOZ</t>
-[...16 lines deleted...]
-  <si>
     <t>ASTELLAS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642440/fr/advagraf-tacrolimus</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2024174/fr/envarsus-tacrolimus-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_642440/en/advagraf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874843/en/advagraf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525554/en/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971783/en/advagraf-modigraf-prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874873/en/modigraf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677008/en/prograf-tacrolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545029/en/prograf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399652/en/prograf-0-5-mg-b/50-1-mg-b/50-5-mg-b/50-gelule</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
-[...2 lines deleted...]
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...540 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1895 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>370</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>372</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>373</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>374</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>375</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>376</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>370</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>378</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>379</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>380</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>381</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>382</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>383</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>384</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>385</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>386</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>387</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>388</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J1" t="s">
+        <v>54</v>
+      </c>
+      <c r="K1" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>389</v>
+        <v>56</v>
       </c>
       <c r="B2" t="s">
-        <v>390</v>
+        <v>57</v>
       </c>
       <c r="C2" t="s">
-        <v>391</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>392</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>393</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>394</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>395</v>
+        <v>60</v>
+      </c>
+      <c r="I2" t="s">
+        <v>61</v>
+      </c>
+      <c r="J2" t="s">
+        <v>62</v>
+      </c>
+      <c r="K2" t="s">
+        <v>63</v>
+      </c>
+      <c r="L2" t="s">
+        <v>64</v>
+      </c>
+      <c r="M2" t="s">
+        <v>65</v>
+      </c>
+      <c r="N2" t="s">
+        <v>66</v>
+      </c>
+      <c r="O2" t="s">
+        <v>67</v>
+      </c>
+      <c r="P2" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>389</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>396</v>
+        <v>69</v>
       </c>
       <c r="C3" t="s">
-        <v>397</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>399</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>400</v>
+        <v>71</v>
       </c>
       <c r="H3" t="s">
-        <v>401</v>
+        <v>72</v>
+      </c>
+      <c r="I3" t="s">
+        <v>73</v>
+      </c>
+      <c r="J3" t="s">
+        <v>74</v>
+      </c>
+      <c r="K3" t="s">
+        <v>75</v>
+      </c>
+      <c r="L3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M3" t="s">
+        <v>77</v>
+      </c>
+      <c r="N3" t="s">
+        <v>78</v>
+      </c>
+      <c r="O3" t="s">
+        <v>79</v>
+      </c>
+      <c r="P3" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>81</v>
+      </c>
+      <c r="R3" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>