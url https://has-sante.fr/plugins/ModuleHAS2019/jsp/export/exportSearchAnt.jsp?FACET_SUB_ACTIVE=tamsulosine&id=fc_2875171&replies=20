--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -1,349 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>08/10/2013 18:17:20</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of benign prostatic hyperplasia</t>
+  </si>
+  <si>
+    <t>These guidelines are limited to the diagnosis and treatment of uncomplicated benign prostatic hyperplasia (BPH) in men aged over 50. The topics of the guidelines are: 1. Diagnosis criteria for BPH 2. Initial workup for a patient with symptomatic BPH 3. Monitoring of BPH 4. Treatment of BPH</t>
+  </si>
+  <si>
+    <t>03/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2003 16:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272237/fr/prise-en-charge-diagnostique-et-therapeutique-de-l-hypertrophie-benigne-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
   </si>
   <si>
     <t>c_272237</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...8 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
-  </si>
-[...64 lines deleted...]
-    <t>p_3309579</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -357,515 +186,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...378 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>