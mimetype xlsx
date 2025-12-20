--- v1 (2025-11-03)
+++ v2 (2025-12-20)
@@ -1,178 +1,364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/01/2003 16:51:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Détection précoce du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2013 18:17:20</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
+    <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1623737</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Bilans pré-thérapeutiques des troubles mictionnels de l’homme adulte : modalités et acteurs</t>
+  </si>
+  <si>
+    <t>Les objectifs fixés pour cette recommandation de bonne pratique sont de permettre, à l’ensemble des médecins prenant en charge les troubles mictionnels de l’homme, de développer une pratique plus homogène de la prise en charge des troubles mictionnels chez l’homme en intégrant les technologies et les concepts en organisation actuels et à venir.</t>
+  </si>
+  <si>
+    <t>25/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323646/fr/label-bilans-pre-therapeutiques-des-troubles-mictionnels-de-l-homme-adulte-modalites-et-acteurs</t>
+  </si>
+  <si>
+    <t>p_3323646</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de l’hypertrophie bénigne de la prostate</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent le diagnostic et la prise en charge thérapeutique de l'hypertrophie bénigne de la prostate (HBP) non compliquée chez l'homme de plus de 50 ans. Elles n'abordent pas les stratégies de diagnostic différentiel en cas de troubles urinaires du bas appareil.</t>
+  </si>
+  <si>
+    <t>01/03/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272237/fr/prise-en-charge-diagnostique-et-therapeutique-de-l-hypertrophie-benigne-de-la-prostate</t>
   </si>
   <si>
     <t>c_272237</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 juillet 2012</t>
+  </si>
+  <si>
+    <t>18/07/2012 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1273574/fr/commission-de-la-transparence-reunion-du-18-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1273574</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 avril 2011</t>
+  </si>
+  <si>
+    <t>27/04/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1049085/fr/commission-de-la-transparence-reunion-du-27-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1049085</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -186,69 +372,541 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>49</v>
+      </c>
+      <c r="H4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+      <c r="I2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>72</v>
+      </c>
+      <c r="I4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>