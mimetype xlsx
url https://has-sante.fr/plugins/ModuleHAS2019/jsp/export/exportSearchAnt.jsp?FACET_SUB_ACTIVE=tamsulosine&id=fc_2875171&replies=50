--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -24,101 +24,116 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Détection précoce du cancer de la prostate</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
     <t>08/10/2013 18:17:20</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>c_1623737</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Atrophie multisystématisée (AMS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
   </si>
   <si>
     <t>c_2574640</t>
   </si>
   <si>
     <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -365,51 +380,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -447,425 +462,451 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>22</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="I2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="I3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>72</v>
+      </c>
+      <c r="I4" t="s">
         <v>64</v>
-      </c>
-[...19 lines deleted...]
-        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>