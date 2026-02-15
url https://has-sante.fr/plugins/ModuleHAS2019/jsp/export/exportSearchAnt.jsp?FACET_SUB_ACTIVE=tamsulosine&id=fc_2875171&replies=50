--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -62,72 +62,72 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Détection précoce du cancer de la prostate</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
-    <t>08/10/2013 18:17:20</t>
+    <t>08/10/2013 18:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>c_1623737</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Atrophie multisystématisée (AMS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
   </si>
   <si>
     <t>c_2574640</t>
   </si>
   <si>
     <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
   </si>