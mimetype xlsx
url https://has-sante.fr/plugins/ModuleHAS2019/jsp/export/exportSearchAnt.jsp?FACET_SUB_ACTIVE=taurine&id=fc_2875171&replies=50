--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -3,212 +3,227 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Symptômes prolongés à la suite de la Covid-19 : état des lieux des données épidémiologiques et des mécanismes physiopathologiques</t>
   </si>
   <si>
     <t>Ce travail s’inscrit à la suite des travaux de la HAS dans le champ des symptômes prolongés à la suite d’une Covid-19 (Covid long), en particulier des fiches réponses rapides sur cette question, publiées et mise à jour depuis 2021. La HAS travaille à l’analyse de la littérature dans plusieurs axes : les données épidémiologiques, les mécanismes physiopathologiques, le parcours de soins et le traitement. Elle met à disposition ce premier volet qui est un état des lieux des données épidémiologiques.</t>
   </si>
   <si>
     <t>21/12/2023 00:00:00</t>
   </si>
   <si>
     <t>03/05/2023 15:03:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3427623/fr/symptomes-prolonges-a-la-suite-de-la-covid-19-etat-des-lieux-des-donnees-epidemiologiques-et-des-mecanismes-physiopathologiques</t>
   </si>
   <si>
     <t>p_3427623</t>
   </si>
   <si>
     <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
   </si>
   <si>
     <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
   </si>
   <si>
     <t>05/02/2020 00:00:00</t>
   </si>
   <si>
     <t>09/03/2020 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3150638</t>
   </si>
   <si>
     <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
   </si>
   <si>
     <t>15/01/2003 00:00:00</t>
   </si>
   <si>
     <t>15/01/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
-  </si>
-[...61 lines deleted...]
-    <t>p_3121124</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 20 avril 2022</t>
   </si>
   <si>
     <t>13/04/2022 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
   </si>
   <si>
     <t>p_3331579</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
   </si>
@@ -320,552 +335,578 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="H4" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
-[...25 lines deleted...]
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I4" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="J1" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="K1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="J2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="K2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="L2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="M2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="J3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="K3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>