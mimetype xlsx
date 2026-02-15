--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,912 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:04:00</t>
-[...119 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
   </si>
   <si>
     <t>c_272207</t>
-  </si>
-[...103 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...94 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...371 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>