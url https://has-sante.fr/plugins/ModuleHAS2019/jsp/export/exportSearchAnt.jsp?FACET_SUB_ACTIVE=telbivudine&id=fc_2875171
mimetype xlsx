--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,178 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="43">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>11/15/2024 15:22:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique B</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_452115/en/chronic-hepatitis-b</t>
+    <t>https://www.has-sante.fr/jcms/c_452115/fr/ald-n-6-hepatite-chronique-b</t>
   </si>
   <si>
     <t>c_452115</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SEBIVO (telbivudine)</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983236/fr/sebivo-telbivudine</t>
+  </si>
+  <si>
+    <t>pprd_2983236</t>
+  </si>
+  <si>
+    <t>telbivudine</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605764/fr/sebivo-telbivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364584/fr/sebivo-telbivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856492/fr/sebivo-telbivudine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -186,69 +255,271 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
+      <c r="J2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K2" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>