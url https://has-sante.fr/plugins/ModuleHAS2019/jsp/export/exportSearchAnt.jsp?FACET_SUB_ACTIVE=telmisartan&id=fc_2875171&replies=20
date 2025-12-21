--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,368 +1,981 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 12:05:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
+  </si>
+  <si>
+    <t>c_534760</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 novembre 2016</t>
+  </si>
+  <si>
+    <t>04/11/2016 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681935/fr/college-deliberatif-du-10-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681935</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2013</t>
+  </si>
+  <si>
+    <t>09/12/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671979/fr/commission-de-la-transparence-reunion-du-6-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1671979</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PRITOR (telmisartan)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983556/en/pritor-telmisartan</t>
+    <t>02/08/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983556/fr/pritor-telmisartan</t>
   </si>
   <si>
     <t>pprd_2983556</t>
   </si>
   <si>
     <t>telmisartan</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399117/en/pritor-20-mg-comprime-boites-de-28</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2788588/en/pritor-telmisartan</t>
+    <t>https://www.has-sante.fr/jcms/c_399117/fr/pritor-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399456/fr/pritor-40-mg-comprime-b/28-pritor-80-mg-comprime-b/28-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399511/fr/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538683/fr/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538705/fr/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710760/fr/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788588/fr/pritor-telmisartan</t>
   </si>
   <si>
     <t>MICARDIS - MICARDISPLUS (hydrochlorothiazide/ telmisartan)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983560/en/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983560/fr/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
   </si>
   <si>
     <t>pprd_2983560</t>
   </si>
   <si>
     <t>hydrochlorothiazide,telmisartan</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398997/en/micardis-20-mg-comprime-boites-de-28</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_532214/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>https://www.has-sante.fr/jcms/c_398997/fr/micardis-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399439/fr/micardis-40mg-comprime-b/28-micardis-80mg-comprime-b/28-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523351/fr/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710757/fr/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788567/fr/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777965/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322498/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532214/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>PRITORPLUS (telmisartan / hydrochlorothiazide/ telmisartan/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>05/07/2017 11:58:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983575/fr/pritorplus-telmisartan-/-hydrochlorothiazide/-telmisartan/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983575</t>
+  </si>
+  <si>
+    <t>telmisartan / hydrochlorothiazide,telmisartan,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264441/fr/pritorplus-telmisartan-/-hydrochlorothiazide/-telmisartan/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778105/fr/pritorplus-telmisartan-/-hydrochlorothiazide/-telmisartan/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>TWYNSTA (telmisartan /amlodipine bésilate/ telmisartan/ amlodipine (bésilate d'...)</t>
+  </si>
+  <si>
+    <t>16/11/2015 10:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984321/fr/twynsta-telmisartan-/amlodipine-besilate/-telmisartan/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984321</t>
+  </si>
+  <si>
+    <t>telmisartan /amlodipine bésilate,telmisartan,amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013263/fr/twynsta-telmisartan-/amlodipine-besilate/-telmisartan/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572185/fr/twynsta-telmisartan-/amlodipine-besilate/-telmisartan/-amlodipine-besilate-d</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...16 lines deleted...]
-      <c r="N2" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
       <c r="H3" t="s">
         <v>28</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
       <c r="I3" t="s">
-        <v>29</v>
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J1" t="s">
+        <v>54</v>
+      </c>
+      <c r="K1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I2" t="s">
+        <v>61</v>
+      </c>
+      <c r="J2" t="s">
+        <v>62</v>
+      </c>
+      <c r="K2" t="s">
+        <v>63</v>
+      </c>
+      <c r="L2" t="s">
+        <v>64</v>
+      </c>
+      <c r="M2" t="s">
+        <v>65</v>
+      </c>
+      <c r="N2" t="s">
+        <v>66</v>
+      </c>
+      <c r="O2" t="s">
+        <v>67</v>
+      </c>
+      <c r="P2" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
+      </c>
+      <c r="I3" t="s">
+        <v>73</v>
       </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="N3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="Q3" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="R3" t="s">
-        <v>38</v>
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+      <c r="I4" t="s">
+        <v>87</v>
+      </c>
+      <c r="J4" t="s">
+        <v>62</v>
+      </c>
+      <c r="K4" t="s">
+        <v>88</v>
+      </c>
+      <c r="L4" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>92</v>
+      </c>
+      <c r="H5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J5" t="s">
+        <v>74</v>
+      </c>
+      <c r="K5" t="s">
+        <v>95</v>
+      </c>
+      <c r="L5" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>