--- v0 (2025-10-05)
+++ v1 (2025-12-20)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -126,50 +126,62 @@
     <t>Commission</t>
   </si>
   <si>
     <t>CEESP - Réunion du 8 novembre 2016</t>
   </si>
   <si>
     <t>17/02/2017 08:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2746109/fr/ceesp-reunion-du-8-novembre-2016</t>
   </si>
   <si>
     <t>c_2746109</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 13 janvier 2010</t>
   </si>
   <si>
     <t>13/01/2010 17:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_902439/fr/commission-de-la-transparence-reunion-du-13-janvier-2010</t>
   </si>
   <si>
     <t>c_902439</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>TORISEL (temsirolimus)</t>
   </si>
   <si>
     <t>10/02/2011 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985290/fr/torisel-temsirolimus</t>
   </si>
   <si>
     <t>pprd_2985290</t>
   </si>
@@ -344,51 +356,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>19</v>
       </c>
       <c r="H2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -463,133 +475,162 @@
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>34</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
       <c r="I4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="J1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="K1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="J2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="K2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>