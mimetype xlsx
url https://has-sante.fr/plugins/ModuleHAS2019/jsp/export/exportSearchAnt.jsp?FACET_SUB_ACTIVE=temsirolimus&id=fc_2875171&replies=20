--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,636 +1,243 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>TORISEL (temsirolimus)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/07/2025 17:21:00</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985290/fr/torisel-temsirolimus</t>
+    <t>02/10/2011 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985290/en/torisel-temsirolimus</t>
   </si>
   <si>
     <t>pprd_2985290</t>
   </si>
   <si>
     <t>temsirolimus</t>
   </si>
   <si>
     <t>Laboratoire WYETH PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642922/fr/torisel-temsirolimus</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_928172/fr/torisel-temsirolimus</t>
+    <t>https://www.has-sante.fr/jcms/c_642922/en/torisel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928172/en/torisel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...46 lines deleted...]
-      <c r="B2" t="s">
         <v>16</v>
       </c>
-      <c r="C2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="H2" t="s">
+      <c r="L2" t="s">
         <v>20</v>
-      </c>
-[...244 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>