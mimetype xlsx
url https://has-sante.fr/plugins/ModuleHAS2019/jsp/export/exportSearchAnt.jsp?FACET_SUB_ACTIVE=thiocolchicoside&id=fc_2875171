--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,194 +1,392 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/22/2014 15:42:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type V, Maladie de Mc Ardle</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de la maladie de McArdle. Il a été élaboré par le Centre de Référence des maladies neuromusculaires et de la SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076463/fr/glycogenose-de-type-v-maladie-de-mc-ardle</t>
+  </si>
+  <si>
+    <t>p_3076463</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 octobre 2017</t>
+  </si>
+  <si>
+    <t>04/10/2017 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796750/fr/commission-de-la-transparence-reunion-du-11-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2796750</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2016</t>
+  </si>
+  <si>
+    <t>13/07/2016 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656551/fr/commission-de-la-transparence-reunion-du-20-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2656551</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>THIOCOLCHICOSIDE (thiocolchicoside)</t>
+  </si>
+  <si>
+    <t>20/10/2017 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983500/fr/thiocolchicoside-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>pprd_2983500</t>
+  </si>
+  <si>
+    <t>thiocolchicoside</t>
+  </si>
+  <si>
+    <t>ALMUS FRANCE/ ARROWS GENERIQUES/ BIOGARAN/ EUROGENERICS/ G GAM/ GNR PHARMA/ IVAX SAS/ MERCK GENERIQUES/ RATIOPHARM/ SANDOZ/ SANKYO PHARMA FRANCE SAS / TEVA CLASSICS/ WINTHROP MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447086/fr/thiocolchicoside-fornet-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447094/fr/thiocolchicoside-arrow-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447105/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447109/fr/thiocolchicoside-eg-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447160/fr/thiocolchicoside-g-gam-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447326/fr/thiocolchicoside-gnr-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447331/fr/thiocolchicoside-ivax-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447335/fr/thiocolchicoside-merck-qualimed-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447345/fr/thiocolchicoside-ratiopharm-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447347/fr/thiocolchicoside-sandoz-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447351/fr/thiocolchicoside-teva-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447364/fr/thiocolchicoside-winthrop-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556231/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_560728/fr/thiocolchicoside-qualimed-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594477/fr/thiocolchicoside-arrow-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704936/fr/thiocolchicoside-teva-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322495/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719389/fr/thiocolchicoside-arrow-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800416/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800431/fr/thiocolchicoside-almus-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>MIOREL (thiocolchicoside)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983502/fr/miorel-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>pprd_2983502</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400629/fr/miorel-4-mg-gelule-plaquettes-thermoformees-pvc-aluminium-boite-de-24-gelules-code-cip-333-988-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443480/fr/miorel-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244165/fr/miorel-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800425/fr/miorel-thiocolchicoside</t>
   </si>
   <si>
     <t>COLTRAMYL (thiocolchicoside)</t>
   </si>
   <si>
-    <t>11/03/2016 11:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983993/en/coltramyl-thiocolchicoside</t>
+    <t>03/11/2016 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983993/fr/coltramyl-thiocolchicoside</t>
   </si>
   <si>
     <t>pprd_2983993</t>
   </si>
   <si>
-    <t>thiocolchicoside</t>
-[...1 lines deleted...]
-  <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_438690/en/coltramyl-thiocolchicoside</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2660960/en/coltramyl-and-thiocolchicoside-generics-muscle-relaxant</t>
+    <t>https://www.has-sante.fr/jcms/c_438690/fr/coltramyl-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_963194/fr/coltramyl-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660960/fr/coltramyl-et-generiques-de-thiocolchicoside-decontracturant-musculaire-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>MYOPLEGE (thiocolchicoside)</t>
+  </si>
+  <si>
+    <t>06/09/2006 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985561/fr/myoplege-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>pprd_2985561</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446984/fr/myoplege-thiocolchicoside</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -198,142 +396,546 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AD5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>52</v>
+      </c>
+      <c r="N2" t="s">
+        <v>53</v>
+      </c>
+      <c r="O2" t="s">
+        <v>54</v>
+      </c>
+      <c r="P2" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>56</v>
+      </c>
+      <c r="R2" t="s">
+        <v>57</v>
+      </c>
+      <c r="S2" t="s">
+        <v>58</v>
+      </c>
+      <c r="T2" t="s">
+        <v>59</v>
+      </c>
+      <c r="U2" t="s">
+        <v>60</v>
+      </c>
+      <c r="V2" t="s">
+        <v>61</v>
+      </c>
+      <c r="W2" t="s">
+        <v>62</v>
+      </c>
+      <c r="X2" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
+      </c>
+      <c r="I3" t="s">
+        <v>48</v>
+      </c>
+      <c r="J3" t="s">
+        <v>73</v>
+      </c>
+      <c r="K3" t="s">
+        <v>74</v>
+      </c>
+      <c r="L3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" t="s">
+        <v>76</v>
+      </c>
+      <c r="N3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>80</v>
+      </c>
+      <c r="H4" t="s">
+        <v>81</v>
+      </c>
+      <c r="I4" t="s">
+        <v>48</v>
+      </c>
+      <c r="J4" t="s">
+        <v>82</v>
+      </c>
+      <c r="K4" t="s">
+        <v>83</v>
+      </c>
+      <c r="L4" t="s">
+        <v>84</v>
+      </c>
+      <c r="M4" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K5" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>