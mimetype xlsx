--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,207 +1,908 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/21/2021 16:56:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2025</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607140/fr/commission-de-la-transparence-reunion-du-28-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3607140</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598140/fr/commission-de-la-transparence-reunion-du-26-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3598140</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0100/DC/SEM du 10 avril 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité  PEDMARQSI (thiosulfate de sodium)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité PEDMARQSI (thiosulfate de sodium) dans l'indication « prévention de l’ototoxicité induite par la chimiothérapie à base de cisplatine chez les patients âgés de 1 mois à 18 ans atteints de tumeurs solides localisées et non métastatiques ».</t>
+  </si>
+  <si>
+    <t>10/04/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601997/fr/decision-n2025-0100/dc/sem-du-10-avril-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-pedmarqsi-thiosulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3601997</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0041/AC/SEAP du 17 juin 2021 du collège de la HAS relatif à la chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2021.0041/AC/SEAP du 17 juin 2021 du collège de la Haute Autorité de santé relatif à la chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique "Voir aussi".</t>
+  </si>
+  <si>
+    <t>17/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272893/fr/avis-n-2021-0041/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-a-la-chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+  </si>
+  <si>
+    <t>p_3272893</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PEDMARQSI (thiosulfate de sodium)</t>
+  </si>
+  <si>
+    <t>05/06/2025 11:03:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602002/fr/pedmarqsi-thiosulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3602002</t>
+  </si>
+  <si>
+    <t>thiosulfate de sodium</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601988/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608587/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine-chez-les-patients-ages-de-1mois-a-18ans</t>
+  </si>
+  <si>
+    <t>DESINTEX (thiosulfate de sodium/ thiosulfate de magnésium/ gluconate de calcium/ carbonate de calcium)</t>
+  </si>
+  <si>
+    <t>13/04/2005 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985783/fr/desintex-thiosulfate-de-sodium/-thiosulfate-de-magnesium/-gluconate-de-calcium/-carbonate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2985783</t>
+  </si>
+  <si>
+    <t>thiosulfate de sodium,thiosulfate de magnésium,gluconate de calcium,carbonate de calcium</t>
+  </si>
+  <si>
+    <t>RICHARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400437/fr/desintex-thiosulfate-de-sodium/-thiosulfate-de-magnesium/-gluconate-de-calcium/-carbonate-de-calcium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+      <c r="I3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>50</v>
+      </c>
+      <c r="H4" t="s">
+        <v>51</v>
+      </c>
+      <c r="I4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>64</v>
+      </c>
+      <c r="J1" t="s">
+        <v>65</v>
+      </c>
+      <c r="K1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+      <c r="J2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K2" t="s">
+        <v>74</v>
+      </c>
+      <c r="L2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J3" t="s">
+        <v>81</v>
+      </c>
+      <c r="K3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>