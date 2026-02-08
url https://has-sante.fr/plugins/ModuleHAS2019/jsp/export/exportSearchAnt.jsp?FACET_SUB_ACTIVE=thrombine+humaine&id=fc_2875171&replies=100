--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,448 +1,280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Evaluation des technolog" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...2 lines deleted...]
-    <t>Hémostatiques chirurgicaux : un traitement de dernière intention - Fiche BUTS</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Surgical haemostatic agents:treatments of last resort</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/06/2012 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1440082/fr/hemostatiques-chirurgicaux-un-traitement-de-derniere-intention-fiche-buts</t>
+    <t>06/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2011 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440082/en/surgical-haemostatic-agents-treatments-of-last-resort</t>
   </si>
   <si>
     <t>r_1440082</t>
   </si>
   <si>
-    <t>Évaluation des hémostatiques chirurgicaux</t>
-[...116 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
   </si>
   <si>
-    <t>14/04/2022 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985140/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+    <t>04/14/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
   </si>
   <si>
     <t>pprd_2985140</t>
   </si>
   <si>
     <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084746/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3331596/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
   </si>
   <si>
     <t>VERASEAL (fibrinogène humain 80 UI/mL et thrombine humaine 500 UI/mL)</t>
   </si>
   <si>
-    <t>16/03/2021 17:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243553/fr/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
+    <t>03/16/2021 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243553/en/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
   </si>
   <si>
     <t>p_3243553</t>
   </si>
   <si>
     <t>fibrinogène humain 80 UI/mL et thrombine humaine 500 UI/mL</t>
   </si>
   <si>
     <t>JOHNSON &amp; JOHNSON MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3243406/fr/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
+    <t>https://www.has-sante.fr/jcms/p_3243406/en/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
   </si>
   <si>
     <t>TISSEEL (aprotinine synthétique/ fibrinogène humain/ polysorbate 80/ thrombine ...)</t>
   </si>
   <si>
-    <t>29/05/2017 15:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983612/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983612/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
   <si>
     <t>pprd_2983612</t>
   </si>
   <si>
     <t>aprotinine synthétique,fibrinogène humain,polysorbate 80,thrombine humaine</t>
   </si>
   <si>
     <t>BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2769387/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400133/fr/tachosil-eponges-medicamenteuses-usage-local-plaquette-thermoformee-de-1-eponge-de-9-5-cm-x-4-8-cm-code-cip-565-807-5-plaquette-thermoformee-de-2-eponges-de-4-8-cm-x-4-8-cm-code-cip-565-808-1-plaquette-thermoformee-de-1-eponge-de-3-0-cm-x-2-5-cm-code-cip-565-809-8-plaquette-thermoformee-de-5-eponges-de-3-0-cm-x-2-5-cm-code-cip-565-810-6</t>
+    <t>https://www.has-sante.fr/jcms/c_2769387/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049889/en/tisseel-human-fibrinogen-and-thrombin-based-frozen-solution-for-sealant</t>
   </si>
   <si>
     <t>EVARREST (thrombine humaine/ fibrinogène humain)</t>
   </si>
   <si>
-    <t>25/04/2016 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984452/fr/evarrest-thrombine-humaine/-fibrinogene-humain</t>
+    <t>04/25/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984452/en/evarrest-thrombine-humaine/-fibrinogene-humain</t>
   </si>
   <si>
     <t>pprd_2984452</t>
   </si>
   <si>
     <t>thrombine humaine,fibrinogène humain</t>
   </si>
   <si>
     <t>ETHICON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049883/fr/evarrest-matrice-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-thrombine-humaine/-fibrinogene-humain</t>
+    <t>https://www.has-sante.fr/jcms/c_2049883/en/evarrest-sealant-matrix-based-on-human-fibrinogen-and-thrombin</t>
   </si>
   <si>
     <t>EVICEL (fibronectine/ concentré de protéines coagulables ((MAMMIFERE/PLASMA/HU...)</t>
   </si>
   <si>
-    <t>23/02/2015 17:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984677/fr/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
+    <t>02/23/2015 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984677/en/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
   </si>
   <si>
     <t>pprd_2984677</t>
   </si>
   <si>
     <t>fibronectine,concentré de protéines coagulables ((MAMMIFERE/PLASMA/HUMAIN)),thrombine humaine ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774119/fr/evicel-colle-a-base-de-fibrinogene-et-de-thrombine-humains-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400988/fr/quixil-solutions-pour-colle-proteines-humaines-coagulables-contenant-principalement-du-fibrinogene</t>
+    <t>https://www.has-sante.fr/jcms/c_1774119/en/evicel-sealant-based-on-human-fibrinogen-and-thrombin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887287/en/evicel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -456,633 +288,276 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I8"/>
+  <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>20</v>
+        <v>15</v>
+      </c>
+      <c r="J1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K1" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>21</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>22</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="I2" t="s">
         <v>23</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="J2" t="s">
         <v>24</v>
       </c>
-      <c r="H2" t="s">
+      <c r="K2" t="s">
         <v>25</v>
       </c>
-      <c r="I2" t="s">
+      <c r="L2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>28</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
         <v>29</v>
       </c>
       <c r="H3" t="s">
         <v>30</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>31</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I5" t="s">
-        <v>26</v>
+        <v>46</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I6" t="s">
-        <v>26</v>
-[...35 lines deleted...]
-      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
-[...71 lines deleted...]
-      <c r="A2" t="s">
+      <c r="K6" t="s">
         <v>54</v>
       </c>
-      <c r="B2" t="s">
+      <c r="L6" t="s">
         <v>55</v>
-      </c>
-[...259 lines deleted...]
-        <v>110</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>