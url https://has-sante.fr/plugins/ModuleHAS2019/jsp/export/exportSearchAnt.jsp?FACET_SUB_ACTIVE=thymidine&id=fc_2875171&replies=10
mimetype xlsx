--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,417 +1,1002 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEW-FILL -  25 septembre 2012 (4321) avis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1295186/fr/new-fill-25-septembre-2012-4321-avis</t>
+  </si>
+  <si>
+    <t>c_1295186</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS France</t>
+  </si>
+  <si>
+    <t>RESTYLANE SubQ - CNEDiMTS du 24 novembre 2009 (2231)</t>
+  </si>
+  <si>
+    <t>Gel injectable d’acide hyaluronique Chirurgie plastique et reconstructrice - Nouveau dispositif Avis défavorable au remboursement dans la correction des lipoatrophies faciales consécutives aux traitements antirétroviraux</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2009 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_885272/fr/restylane-subq-cnedimts-du-24-novembre-2009-2231</t>
+  </si>
+  <si>
+    <t>c_885272</t>
+  </si>
+  <si>
+    <t>Q-MED SARL France</t>
+  </si>
+  <si>
+    <t>NEW-FILL</t>
+  </si>
+  <si>
+    <t>30/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2008 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627600/fr/new-fill</t>
+  </si>
+  <si>
+    <t>c_627600</t>
+  </si>
+  <si>
+    <t>SANOFI AVENTIS France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ZALMOXIS (lymphocytes T génétiquement modifiés)</t>
   </si>
   <si>
-    <t>02/22/2019 12:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982897/en/zalmoxis-lymphocytes-t-genetiquement-modifies</t>
+    <t>22/02/2019 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982897/fr/zalmoxis-lymphocytes-t-genetiquement-modifies</t>
   </si>
   <si>
     <t>pprd_2982897</t>
   </si>
   <si>
     <t>lymphocytes T allogéniques génétiquement modifiés avec un vecteur rétroviral codant une forme tronquée du récepteur du facteur de croissance nerveuse à faible affinité humain (ΔLNGFR) et la thymidine kinase du virus herpès simplex I (HSV-TK Mut2)</t>
   </si>
   <si>
     <t>MolMed SaP</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2899636/en/zalmoxis-genetically-modified-t-lymphocytes-antineoplastic</t>
+    <t>https://www.has-sante.fr/jcms/c_2899636/fr/zalmoxis-lymphocytes-t-genetiquement-modifies-antineoplasique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>33</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>78</v>
+      </c>
+      <c r="H4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="J1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>