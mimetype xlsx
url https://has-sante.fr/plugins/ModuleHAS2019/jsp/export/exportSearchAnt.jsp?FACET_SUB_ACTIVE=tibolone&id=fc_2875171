--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,242 +1,218 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>28/02/2024 16:26:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...29 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>LIVIAL (tibolone)</t>
   </si>
   <si>
-    <t>14/10/2025 15:11:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984732/fr/livial-tibolone</t>
+    <t>10/14/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984732/en/livial-tibolone</t>
   </si>
   <si>
     <t>pprd_2984732</t>
   </si>
   <si>
     <t>tibolone</t>
   </si>
   <si>
     <t>ORGANON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398989/fr/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+    <t>https://www.has-sante.fr/jcms/c_398989/en/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753542/en/livial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -329,197 +305,125 @@
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I2"/>
-[...70 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="J1" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="K1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>