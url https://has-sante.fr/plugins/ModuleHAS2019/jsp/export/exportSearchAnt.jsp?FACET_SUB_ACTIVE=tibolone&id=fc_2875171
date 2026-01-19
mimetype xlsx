--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,223 +1,277 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la femme en période de péri-ménopause/ménopause en soins de premier recours – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont les suivants : Améliorer l’information des femmes et des professionnels de santé de premier recours : Pour une meilleure connaissance des symptômes évocateurs de la périménopause et des possibilités d’accompagnement et d’une prise en charge thérapeutique personnalisée Pour une meilleure évaluation des besoins (variables d’une femme à une autre) et prise en considération de l’impact possible sur la vie quotidienne, sur la santé (bouffées vaso-motrices, ostéoporose, syndrome génito-urinaire, troubles cognitifs …) Améliorer la prise en charge des femmes par les professionnels de santé : accompagnement, accès aux traitements en fonction des besoins exprimés Mettre à disposition des professionnels de santé et des femmes des outils pour aborder régulièrement cette question aux âges de la péri-ménopause/ménopause Préciser les conditions pour lesquelles un recours à un médecin spécialiste de 2ème ou 3ème recours doit être envisagé</t>
+  </si>
+  <si>
+    <t>06/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 12:14:20</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3737819/fr/prise-en-charge-de-la-femme-en-periode-de-peri-menopause/menopause-en-soins-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737819</t>
+  </si>
+  <si>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
+  </si>
+  <si>
+    <t>c_272308</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...29 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 septembre 2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685842/fr/commission-de-la-transparence-reunion-du-24-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3685842</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>LIVIAL (tibolone)</t>
   </si>
   <si>
-    <t>10/14/2025 15:11:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984732/en/livial-tibolone</t>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984732/fr/livial-tibolone</t>
   </si>
   <si>
     <t>pprd_2984732</t>
   </si>
   <si>
     <t>tibolone</t>
   </si>
   <si>
     <t>ORGANON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398989/en/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+    <t>https://www.has-sante.fr/jcms/c_398989/fr/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753542/fr/livial-tibolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -229,201 +283,328 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+      <c r="I2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="J1" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="K1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>