--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,469 +1,1931 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="194">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/29/2008 17:37:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EFLOW RAPID avec  générateur EBASE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610368/fr/eflow-rapid-avec-generateur-ebase</t>
+  </si>
+  <si>
+    <t>p_3610368</t>
+  </si>
+  <si>
+    <t>Système de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t>PARI FRANCE</t>
+  </si>
+  <si>
+    <t>EFLOW RAPID - CNEDiMTS du 20 avril 2010 (2460)</t>
+  </si>
+  <si>
+    <t>Système de nébulisation Pneumologie - Nouveau dispositif Progrès mineur par rapport aux systèmes de nébulisation pneumatiques dans le traitement de la mucoviscidose par aérosolthérapie</t>
+  </si>
+  <si>
+    <t>20/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2010 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946503/fr/eflow-rapid-cnedimts-du-20-avril-2010-2460</t>
+  </si>
+  <si>
+    <t>c_946503</t>
+  </si>
+  <si>
+    <t>PARI PHARMA Gmbh (France)</t>
+  </si>
+  <si>
+    <t>eFLOW</t>
+  </si>
+  <si>
+    <t>29/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398585/fr/eflow</t>
+  </si>
+  <si>
+    <t>c_398585</t>
+  </si>
+  <si>
+    <t>PARI Gmbh (Allemagne)</t>
+  </si>
+  <si>
+    <t>OSTEOSET T</t>
+  </si>
+  <si>
+    <t>08/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398766/fr/osteoset-t</t>
+  </si>
+  <si>
+    <t>c_398766</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
+  </si>
+  <si>
+    <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2017 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
+  </si>
+  <si>
+    <t>c_2607290</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 17 février 2021</t>
+  </si>
+  <si>
+    <t>10/02/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236885/fr/commission-de-la-transparence-reunion-a-distance-du-17-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3236885</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3212898</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2020</t>
+  </si>
+  <si>
+    <t>13/02/2020 13:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151875/fr/commission-de-la-transparence-reunion-du-19-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3151875</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2017</t>
+  </si>
+  <si>
+    <t>10/02/2017 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745225/fr/commission-de-la-transparence-reunion-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2745225</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>30/08/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663194/fr/commission-de-la-transparence-reunion-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2663194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge des maladies rares dans le cadre du dispositif ALD</t>
+  </si>
+  <si>
+    <t>Si la rareté de la maladie et la prise en compte de ses conséquences pour les malades justifient une organisation spécifique des soins reposant sur des centres de référence, elles ne justifient pas la création d’une ALD spécifique. Outre le fait que la fréquence ne saurait définir une maladie, une telle création éclaterait le cadre nosologique actuel des ALD et serait source de difficultés importantes pour définir les critères médicaux d’admission sans que l’on soit assuré que cela ait un impact positif réel pour les malades. La création d’une ALD spécifique maladies rares n’est donc pas recommandée. Plusieurs modifications du dispositif d’ALD sont en revanche proposées afin de parvenir à une prise en charge plus complète et équitable des maladies rares au sein du dispositif actuel des ALD.</t>
+  </si>
+  <si>
+    <t>24/11/2005 11:24:00</t>
+  </si>
+  <si>
+    <t>24/11/2005 13:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739352/fr/avis-de-la-has-sur-la-prise-en-charge-des-maladies-rares-dans-le-cadre-du-dispositif-ald</t>
+  </si>
+  <si>
+    <t>c_739352</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TOBRADEX (dexaméthasone/ tobramycine)</t>
   </si>
   <si>
-    <t>03/18/2021 15:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985194/en/tobradex-dexamethasone/-tobramycine</t>
+    <t>18/03/2021 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985194/fr/tobradex-dexamethasone/-tobramycine</t>
   </si>
   <si>
     <t>pprd_2985194</t>
   </si>
   <si>
     <t>dexaméthasone,tobramycine</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_490335/en/tobradex-dexamethasone/-tobramycine</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984257/en/tobi-tobi-podhaler-n/r/-tobramycine</t>
+    <t>https://www.has-sante.fr/jcms/c_490335/fr/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036518/fr/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399064/fr/tobradex-collyre-en-solution-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243887/fr/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>TODEXAL (dexaméthasone/ tobramycine)</t>
+  </si>
+  <si>
+    <t>07/05/2020 19:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183299/fr/todexal-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>p_3183299</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181461/fr/todexal-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>TOBREX (tobramycine)</t>
+  </si>
+  <si>
+    <t>21/12/2016 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983796/fr/tobrex-tobramycine</t>
+  </si>
+  <si>
+    <t>pprd_2983796</t>
+  </si>
+  <si>
+    <t>tobramycine</t>
+  </si>
+  <si>
+    <t>ALCON SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400254/fr/tobrex-l-p-3-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456616/fr/tobrex-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106856/fr/tobrex-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732116/fr/tobrex-tobramycine</t>
+  </si>
+  <si>
+    <t>TOBI - TOBI PODHALER (tobramycine)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984257/fr/tobi-tobi-podhaler-tobramycine</t>
   </si>
   <si>
     <t>pprd_2984257</t>
   </si>
   <si>
-    <t>tobramycine</t>
-[...1 lines deleted...]
-  <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399065/en/tobi-tobramycine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2588392/en/tobi-tobi-podhaler-tobramycine</t>
+    <t>https://www.has-sante.fr/jcms/c_399065/fr/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400201/fr/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080278/fr/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172458/fr/tobi-podhaler-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588392/fr/tobi-tobi-podhaler-tobramycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...17 lines deleted...]
-        <v>35</v>
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>75</v>
+      </c>
+      <c r="H3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E4" t="s">
+        <v>80</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>81</v>
+      </c>
+      <c r="H4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>87</v>
+      </c>
+      <c r="H5" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E6" t="s">
+        <v>92</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>93</v>
+      </c>
+      <c r="H6" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D7" t="s">
+        <v>97</v>
+      </c>
+      <c r="E7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>99</v>
+      </c>
+      <c r="H7" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H3" t="s">
+        <v>118</v>
       </c>
       <c r="I3" t="s">
-        <v>40</v>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>109</v>
+      </c>
+      <c r="B4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>120</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>121</v>
+      </c>
+      <c r="H4" t="s">
+        <v>122</v>
+      </c>
+      <c r="I4" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>125</v>
+      </c>
+      <c r="H5" t="s">
+        <v>126</v>
+      </c>
+      <c r="I5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>128</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>129</v>
+      </c>
+      <c r="H6" t="s">
+        <v>130</v>
+      </c>
+      <c r="I6" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>109</v>
+      </c>
+      <c r="B7" t="s">
+        <v>131</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>132</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H7" t="s">
+        <v>134</v>
+      </c>
+      <c r="I7" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>109</v>
+      </c>
+      <c r="B8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>136</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>137</v>
+      </c>
+      <c r="H8" t="s">
+        <v>138</v>
+      </c>
+      <c r="I8" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>109</v>
+      </c>
+      <c r="B9" t="s">
+        <v>139</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>140</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H9" t="s">
+        <v>142</v>
+      </c>
+      <c r="I9" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>109</v>
+      </c>
+      <c r="B10" t="s">
+        <v>143</v>
+      </c>
+      <c r="C10" t="s">
+        <v>144</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>145</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>146</v>
+      </c>
+      <c r="H10" t="s">
+        <v>147</v>
+      </c>
+      <c r="I10" t="s">
+        <v>114</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H2" t="s">
+        <v>154</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>155</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H2" t="s">
+        <v>161</v>
+      </c>
+      <c r="I2" t="s">
+        <v>162</v>
+      </c>
+      <c r="J2" t="s">
+        <v>163</v>
+      </c>
+      <c r="K2" t="s">
+        <v>164</v>
+      </c>
+      <c r="L2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M2" t="s">
+        <v>166</v>
+      </c>
+      <c r="N2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>170</v>
+      </c>
+      <c r="H3" t="s">
+        <v>171</v>
+      </c>
+      <c r="I3" t="s">
+        <v>162</v>
       </c>
       <c r="J3" t="s">
-        <v>41</v>
+        <v>172</v>
       </c>
       <c r="K3" t="s">
-        <v>42</v>
-[...11 lines deleted...]
-        <v>46</v>
+        <v>173</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>175</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>176</v>
+      </c>
+      <c r="H4" t="s">
+        <v>177</v>
+      </c>
+      <c r="I4" t="s">
+        <v>178</v>
+      </c>
+      <c r="J4" t="s">
+        <v>179</v>
+      </c>
+      <c r="K4" t="s">
+        <v>180</v>
+      </c>
+      <c r="L4" t="s">
+        <v>181</v>
+      </c>
+      <c r="M4" t="s">
+        <v>182</v>
+      </c>
+      <c r="N4" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>157</v>
+      </c>
+      <c r="B5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H5" t="s">
+        <v>187</v>
+      </c>
+      <c r="I5" t="s">
+        <v>178</v>
+      </c>
+      <c r="J5" t="s">
+        <v>188</v>
+      </c>
+      <c r="K5" t="s">
+        <v>189</v>
+      </c>
+      <c r="L5" t="s">
+        <v>190</v>
+      </c>
+      <c r="M5" t="s">
+        <v>191</v>
+      </c>
+      <c r="N5" t="s">
+        <v>192</v>
+      </c>
+      <c r="O5" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>