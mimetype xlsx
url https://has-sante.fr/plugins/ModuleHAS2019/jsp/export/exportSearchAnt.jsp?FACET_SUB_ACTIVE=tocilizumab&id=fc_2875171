--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="325">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,50 +104,65 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
   </si>
   <si>
     <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
   </si>
   <si>
     <t>04/11/2015 00:00:00</t>
   </si>
   <si>
     <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
     <t>Les maladies du spectre de la neuromyélite optique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
   </si>
   <si>
     <t>p_3245151</t>
   </si>
   <si>
     <t>Syndrome de Cogan</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/04/2024 08:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
@@ -387,50 +402,65 @@
     <t>c_2801939</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
   </si>
   <si>
     <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
   </si>
   <si>
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>30/07/2019 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
   </si>
   <si>
     <t>p_3076150</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
   </si>
   <si>
     <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
   </si>
@@ -1157,51 +1187,51 @@
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1278,77 +1308,77 @@
       </c>
       <c r="E4" t="s">
         <v>36</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>41</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>42</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
         <v>45</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>48</v>
       </c>
       <c r="H6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
@@ -1356,77 +1386,77 @@
       </c>
       <c r="E7" t="s">
         <v>52</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>53</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>57</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>58</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
         <v>61</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>63</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>64</v>
       </c>
       <c r="H9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="s">
         <v>67</v>
       </c>
       <c r="D10" t="s">
@@ -1629,1462 +1659,1514 @@
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>106</v>
       </c>
       <c r="C18" t="s">
         <v>107</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>108</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>109</v>
       </c>
       <c r="H18" t="s">
         <v>110</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>113</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="E2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C2" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="H2" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B3" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E3" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="H3" t="s">
-        <v>130</v>
+        <v>134</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>123</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D4" t="s">
+        <v>137</v>
+      </c>
+      <c r="E4" t="s">
+        <v>138</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>139</v>
+      </c>
+      <c r="H4" t="s">
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B2" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="H2" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="I2" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B3" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="H3" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="I3" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B4" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="H4" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="I4" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B5" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="H5" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="I5" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B6" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="H6" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="I6" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B7" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="H7" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="I7" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B8" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="H8" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="I8" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B9" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="H9" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="I9" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B10" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="H10" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="I10" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B11" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="H11" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="I11" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B12" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="H12" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="I12" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B13" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="H13" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="I13" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B14" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="H14" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="I14" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B15" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="H15" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="I15" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B16" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="H16" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="I16" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B17" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="H17" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="I17" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B18" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="H18" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="I18" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B19" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="H19" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="I19" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="H20" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="I20" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B21" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="H21" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="I21" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B22" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="H22" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="I22" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="H23" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="I23" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="H24" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="I24" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B25" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="H25" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="I25" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="H26" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="I26" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="H27" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="I27" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B28" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="H28" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="I28" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B29" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="H29" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="I29" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B30" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="H30" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="I30" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B31" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="H31" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="I31" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B32" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="H32" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="I32" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B33" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="H33" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="I33" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="H34" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="I34" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="B2" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="C2" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="D2" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="E2" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="H2" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="B3" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="C3" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="D3" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="E3" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="H3" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="B4" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="C4" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="D4" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="E4" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="H4" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="J1" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="K1" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="B2" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="H2" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="I2" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="J2" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="K2" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="L2" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="M2" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="N2" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="O2" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="P2" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="Q2" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="R2" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="S2" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="T2" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="U2" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="V2" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="W2" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="X2" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="Y2" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="Z2" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="AA2" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="AB2" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="AC2" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="AD2" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>