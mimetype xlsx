--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,50 +104,65 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
   </si>
   <si>
     <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
   </si>
   <si>
     <t>04/11/2015 00:00:00</t>
   </si>
   <si>
     <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Les maladies du spectre de la neuromyélite optique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
@@ -861,50 +876,68 @@
     <t>Commission de la transparence - Réunion du 11 avril 2012</t>
   </si>
   <si>
     <t>11/04/2012 13:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1239215/fr/commission-de-la-transparence-reunion-du-11-avril-2012</t>
   </si>
   <si>
     <t>c_1239215</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 18 mars 2009</t>
   </si>
   <si>
     <t>18/03/2009 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_756836/fr/commission-de-la-transparence-reunion-du-18-mars-2009</t>
   </si>
   <si>
     <t>c_756836</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0281/DC/SEM du 26 novembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité TEPEZZA (téprotumumab) dans l'indication « traitement des patients adultes atteints d’ophtalmopathie besedowienne modérée à sévère au stade actif avec exophtalmie et/ou diplopie ».</t>
+  </si>
+  <si>
+    <t>26/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2025 16:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785380/fr/decision-n2025-0281/dc/sem-du-26-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3785380</t>
   </si>
   <si>
     <t>Décision n°2022.0018/DC/SEM du 20 janvier 2022 du collège de la Haute Autorité de santé relative à l’absence d’évaluation médico-économique du produit ROACTEMRA en administration intra-veineuse (tocilizumab)</t>
   </si>
   <si>
     <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 20 janvier 2022 a constaté l'absence d’évaluation médico-économique du produit ROACTEMRA en administration intra-veineuse (tocilizumab) par la commission d'évaluation économique et de santé publique.</t>
   </si>
   <si>
     <t>20/01/2022 00:00:00</t>
   </si>
   <si>
     <t>01/02/2022 08:24:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3312945/fr/decision-n2022-0018/dc/sem-du-20-janvier-2022-du-college-de-la-haute-autorite-de-sante-relative-a-l-absence-d-evaluation-medico-economique-du-produit-roactemra-en-administration-intra-veineuse-tocilizumab</t>
   </si>
   <si>
     <t>p_3312945</t>
   </si>
   <si>
     <t>Avis n° 2019.0039/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Metogia »</t>
   </si>
   <si>
     <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
   </si>
@@ -1187,51 +1220,51 @@
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1334,77 +1367,77 @@
       </c>
       <c r="E5" t="s">
         <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>42</v>
       </c>
       <c r="H5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>46</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>47</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
         <v>50</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>52</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>53</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
@@ -1412,77 +1445,77 @@
       </c>
       <c r="E8" t="s">
         <v>57</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>58</v>
       </c>
       <c r="H8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
       <c r="C9" t="s">
         <v>61</v>
       </c>
       <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>62</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>63</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
         <v>66</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>68</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
       <c r="H10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="s">
         <v>72</v>
       </c>
       <c r="D11" t="s">
@@ -1685,1488 +1718,1540 @@
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>111</v>
       </c>
       <c r="C19" t="s">
         <v>112</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>113</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>114</v>
       </c>
       <c r="H19" t="s">
         <v>115</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>119</v>
+      </c>
+      <c r="H20" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="E2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="H3" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B4" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C4" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D4" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E4" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H4" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="I2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="I3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>158</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>159</v>
+      </c>
+      <c r="H4" t="s">
+        <v>160</v>
+      </c>
+      <c r="I4" t="s">
         <v>152</v>
-      </c>
-[...19 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="I5" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B6" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="H6" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="I6" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B7" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="H7" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I7" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B8" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="H8" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="I8" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B9" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="H9" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="I9" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B10" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H10" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="I10" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B11" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="H11" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="I11" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B12" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="H12" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="I12" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B13" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="H13" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="I13" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B14" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="H14" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I14" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B15" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H15" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="I15" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B16" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="H16" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="I16" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B17" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H17" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="I17" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H18" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="I18" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H19" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I19" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="H20" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="I20" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H21" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="I21" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B22" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H22" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="I22" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B23" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H23" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="I23" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B24" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="H24" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="I24" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B25" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H25" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="I25" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B26" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="H26" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="I26" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B27" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H27" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="I27" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H28" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="I28" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B29" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H29" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="I29" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B30" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H30" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="I30" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B31" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H31" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="I31" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B32" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H32" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="I32" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B33" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H33" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="I33" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H34" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="I34" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B2" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="C2" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="D2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E2" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="H2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B3" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="D3" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="E3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="H3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B4" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C4" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="D4" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E4" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="H4" t="s">
-        <v>294</v>
+        <v>299</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>281</v>
+      </c>
+      <c r="B5" t="s">
+        <v>300</v>
+      </c>
+      <c r="C5" t="s">
+        <v>301</v>
+      </c>
+      <c r="D5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>304</v>
+      </c>
+      <c r="H5" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="J1" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="K1" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="B2" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="H2" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="I2" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="J2" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="K2" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="L2" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="M2" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="N2" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="O2" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="P2" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="Q2" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="R2" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="S2" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="T2" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="U2" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="V2" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="W2" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
       <c r="X2" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="Y2" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="Z2" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="AA2" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="AB2" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="AC2" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="AD2" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>