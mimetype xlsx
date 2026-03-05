--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="635" uniqueCount="342">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,50 +104,65 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
   </si>
   <si>
     <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
   </si>
   <si>
     <t>04/11/2015 00:00:00</t>
   </si>
   <si>
     <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Péricardites Récidivantes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 14:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
   </si>
   <si>
     <t>p_3777808</t>
   </si>
   <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
@@ -420,50 +435,53 @@
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
   </si>
   <si>
     <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
   </si>
   <si>
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>30/07/2019 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
   </si>
   <si>
     <t>p_3076150</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS conclut que la vitesse de sédimentation (VS) n’a plus d’utilité en pratique courante. Elle n’est pertinente ni en médecine générale ni dans les maladies inflammatoires évaluées. La VS est jugée peu fiable, peu spécifique et trop lente, alors que des examens plus performants existent, notamment la CRP, à privilégier pour détecter une inflammation. En conséquence, la VS ne devrait plus être prescrite en soin courant.</t>
   </si>
   <si>
     <t>13/11/2025 00:00:00</t>
   </si>
   <si>
     <t>17/11/2025 10:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3609754</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
   </si>
@@ -1220,51 +1238,51 @@
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1393,77 +1411,77 @@
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
       <c r="C7" t="s">
         <v>50</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>51</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>52</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
         <v>55</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>57</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>58</v>
       </c>
       <c r="H8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
       <c r="C9" t="s">
         <v>61</v>
       </c>
       <c r="D9" t="s">
@@ -1471,77 +1489,77 @@
       </c>
       <c r="E9" t="s">
         <v>62</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>63</v>
       </c>
       <c r="H9" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
       <c r="C10" t="s">
         <v>66</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>67</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>68</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
         <v>71</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>73</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>74</v>
       </c>
       <c r="H11" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>76</v>
       </c>
       <c r="C12" t="s">
         <v>77</v>
       </c>
       <c r="D12" t="s">
@@ -1744,1514 +1762,1540 @@
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>116</v>
       </c>
       <c r="C20" t="s">
         <v>117</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>118</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>119</v>
       </c>
       <c r="H20" t="s">
         <v>120</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>122</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>123</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>124</v>
+      </c>
+      <c r="H21" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="D2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="E2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="H2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>135</v>
       </c>
       <c r="D2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="E2" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="H2" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="C3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="D3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="E3" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="H3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B4" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C4" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="D4" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="E4" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="H4" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H2" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="I2" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B3" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="H3" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="I3" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B4" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
+        <v>164</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>165</v>
+      </c>
+      <c r="H4" t="s">
+        <v>166</v>
+      </c>
+      <c r="I4" t="s">
         <v>158</v>
-      </c>
-[...10 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B5" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="H5" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="I5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B6" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="H6" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="I6" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B7" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="H7" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="I7" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B8" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="H8" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="I8" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B9" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="H9" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="I9" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B10" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="H10" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="I10" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="H11" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="I11" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B12" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="H12" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="I12" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B13" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="H13" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="I13" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B14" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="H14" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="I14" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B15" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="H15" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="I15" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B16" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="H16" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="I16" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B17" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="H17" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="I17" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B18" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="H18" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="I18" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B19" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="H19" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="I19" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B20" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="H20" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="I20" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B21" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="H21" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="I21" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="H22" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="I22" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B23" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="H23" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="I23" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B24" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="H24" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="I24" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B25" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="H25" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="I25" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B26" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="H26" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="I26" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B27" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="H27" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="I27" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B28" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B29" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="H29" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="I29" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B30" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="H30" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="I30" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B31" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="H31" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="I31" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B32" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="H32" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="I32" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B33" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="H33" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="I33" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B34" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="H34" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="I34" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B2" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C2" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="D2" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="E2" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="H2" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B3" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="C3" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="D3" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="E3" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="H3" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B4" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="C4" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="D4" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="E4" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="H4" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B5" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="C5" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="D5" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="E5" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="H5" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="J1" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="K1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="B2" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="H2" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="I2" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="J2" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="K2" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="L2" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="M2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="N2" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="O2" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="P2" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="Q2" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="R2" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="S2" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="T2" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="U2" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="V2" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="W2" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="X2" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="Y2" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="Z2" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="AA2" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="AB2" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="AC2" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="AD2" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>