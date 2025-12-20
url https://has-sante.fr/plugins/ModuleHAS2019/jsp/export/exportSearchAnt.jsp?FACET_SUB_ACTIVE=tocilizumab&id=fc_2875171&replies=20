--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="603" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,50 +104,65 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
   </si>
   <si>
     <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
   </si>
   <si>
     <t>04/11/2015 00:00:00</t>
   </si>
   <si>
     <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Les maladies du spectre de la neuromyélite optique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
@@ -404,50 +419,65 @@
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
   </si>
   <si>
     <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
   </si>
   <si>
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>30/07/2019 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
   </si>
   <si>
     <t>p_3076150</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
   </si>
   <si>
     <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
   </si>
   <si>
     <t>20/05/2020 00:00:00</t>
@@ -846,50 +876,68 @@
     <t>Commission de la transparence - Réunion du 11 avril 2012</t>
   </si>
   <si>
     <t>11/04/2012 13:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1239215/fr/commission-de-la-transparence-reunion-du-11-avril-2012</t>
   </si>
   <si>
     <t>c_1239215</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 18 mars 2009</t>
   </si>
   <si>
     <t>18/03/2009 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_756836/fr/commission-de-la-transparence-reunion-du-18-mars-2009</t>
   </si>
   <si>
     <t>c_756836</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0281/DC/SEM du 26 novembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité TEPEZZA (téprotumumab) dans l'indication « traitement des patients adultes atteints d’ophtalmopathie besedowienne modérée à sévère au stade actif avec exophtalmie et/ou diplopie ».</t>
+  </si>
+  <si>
+    <t>26/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2025 16:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785380/fr/decision-n2025-0281/dc/sem-du-26-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3785380</t>
   </si>
   <si>
     <t>Décision n°2022.0018/DC/SEM du 20 janvier 2022 du collège de la Haute Autorité de santé relative à l’absence d’évaluation médico-économique du produit ROACTEMRA en administration intra-veineuse (tocilizumab)</t>
   </si>
   <si>
     <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 20 janvier 2022 a constaté l'absence d’évaluation médico-économique du produit ROACTEMRA en administration intra-veineuse (tocilizumab) par la commission d'évaluation économique et de santé publique.</t>
   </si>
   <si>
     <t>20/01/2022 00:00:00</t>
   </si>
   <si>
     <t>01/02/2022 08:24:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3312945/fr/decision-n2022-0018/dc/sem-du-20-janvier-2022-du-college-de-la-haute-autorite-de-sante-relative-a-l-absence-d-evaluation-medico-economique-du-produit-roactemra-en-administration-intra-veineuse-tocilizumab</t>
   </si>
   <si>
     <t>p_3312945</t>
   </si>
   <si>
     <t>Avis n° 2019.0039/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Metogia »</t>
   </si>
   <si>
     <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
   </si>
@@ -1172,51 +1220,51 @@
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1319,77 +1367,77 @@
       </c>
       <c r="E5" t="s">
         <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>42</v>
       </c>
       <c r="H5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>46</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>47</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
         <v>50</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>52</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>53</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
@@ -1397,77 +1445,77 @@
       </c>
       <c r="E8" t="s">
         <v>57</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>58</v>
       </c>
       <c r="H8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
       <c r="C9" t="s">
         <v>61</v>
       </c>
       <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>62</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>63</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
         <v>66</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>68</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>69</v>
       </c>
       <c r="H10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="s">
         <v>72</v>
       </c>
       <c r="D11" t="s">
@@ -1670,1462 +1718,1540 @@
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>111</v>
       </c>
       <c r="C19" t="s">
         <v>112</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>113</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>114</v>
       </c>
       <c r="H19" t="s">
         <v>115</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>119</v>
+      </c>
+      <c r="H20" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D3" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E3" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H3" t="s">
-        <v>135</v>
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E4" t="s">
+        <v>143</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>144</v>
+      </c>
+      <c r="H4" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B2" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="H2" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="I2" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B3" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="H3" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="I3" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B4" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="H4" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="I4" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B5" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>163</v>
+      </c>
+      <c r="H5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I5" t="s">
         <v>152</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B6" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="H6" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="I6" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B7" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="H7" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="I7" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B8" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="H8" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="I8" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B9" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="H9" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="I9" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B10" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="H10" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="I10" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B11" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="H11" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="I11" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B12" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="H12" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="I12" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B13" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="H13" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="I13" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="H14" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="I14" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B15" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="H15" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="I15" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B16" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="H16" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="I16" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B17" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="H17" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="I17" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="H18" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="I18" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="H19" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="I19" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="H20" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="I20" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="H21" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="I21" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B22" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="H22" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="I22" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B23" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="H23" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="I23" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B24" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="H24" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="I24" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B25" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="H25" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="I25" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B26" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="H26" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="I26" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B27" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="H27" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="I27" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B28" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="H28" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="I28" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B29" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="H29" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="I29" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B30" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="H30" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="I30" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B31" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="H31" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="I31" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B32" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="H32" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="I32" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B33" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="H33" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="I33" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="H34" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="I34" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="B2" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="C2" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="D2" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="E2" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="H2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="B3" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="C3" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="D3" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="E3" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="H3" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="B4" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="C4" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="D4" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="E4" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="H4" t="s">
-        <v>289</v>
+        <v>299</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>281</v>
+      </c>
+      <c r="B5" t="s">
+        <v>300</v>
+      </c>
+      <c r="C5" t="s">
+        <v>301</v>
+      </c>
+      <c r="D5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>304</v>
+      </c>
+      <c r="H5" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="J1" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="K1" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B2" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="H2" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="I2" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
       <c r="J2" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="K2" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="L2" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="M2" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="N2" t="s">
-        <v>303</v>
+        <v>319</v>
       </c>
       <c r="O2" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
       <c r="P2" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="Q2" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="R2" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="S2" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="T2" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="U2" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="V2" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="W2" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="X2" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
       <c r="Y2" t="s">
-        <v>314</v>
+        <v>330</v>
       </c>
       <c r="Z2" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="AA2" t="s">
-        <v>316</v>
+        <v>332</v>
       </c>
       <c r="AB2" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="AC2" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="AD2" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>