--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,1133 +1,245 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="46">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>03/04/2023 09:25:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3312383/fr/actualisation-des-recommandations-de-bonne-pratique-et-des-parcours-de-soins</t>
-[...371 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
-[...515 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1154,2104 +266,176 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
-[...1926 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>306</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>307</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>308</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>309</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>310</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>311</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>312</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>313</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>314</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>316</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>317</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>318</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>319</v>
+        <v>29</v>
       </c>
       <c r="O2" t="s">
-        <v>320</v>
+        <v>30</v>
       </c>
       <c r="P2" t="s">
-        <v>321</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>322</v>
+        <v>32</v>
       </c>
       <c r="R2" t="s">
-        <v>323</v>
+        <v>33</v>
       </c>
       <c r="S2" t="s">
-        <v>324</v>
+        <v>34</v>
       </c>
       <c r="T2" t="s">
-        <v>325</v>
+        <v>35</v>
       </c>
       <c r="U2" t="s">
-        <v>326</v>
+        <v>36</v>
       </c>
       <c r="V2" t="s">
-        <v>327</v>
+        <v>37</v>
       </c>
       <c r="W2" t="s">
-        <v>328</v>
+        <v>38</v>
       </c>
       <c r="X2" t="s">
-        <v>329</v>
+        <v>39</v>
       </c>
       <c r="Y2" t="s">
-        <v>330</v>
+        <v>40</v>
       </c>
       <c r="Z2" t="s">
-        <v>331</v>
+        <v>41</v>
       </c>
       <c r="AA2" t="s">
-        <v>332</v>
+        <v>42</v>
       </c>
       <c r="AB2" t="s">
-        <v>333</v>
+        <v>43</v>
       </c>
       <c r="AC2" t="s">
-        <v>334</v>
+        <v>44</v>
       </c>
       <c r="AD2" t="s">
-        <v>335</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>