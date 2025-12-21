--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,237 +1,801 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>DEKAS AQUA-E LIQUIDE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>22/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635503/fr/dekas-aqua-e-liquide</t>
+  </si>
+  <si>
+    <t>p_3635503</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>ALVEOLUS BIOMEDICAL (Pays-Bas)</t>
+  </si>
+  <si>
+    <t>DEKAS ESSENTIAL</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601848/fr/dekas-essential</t>
+  </si>
+  <si>
+    <t>p_3601848</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601860/fr/dekas-plus</t>
+  </si>
+  <si>
+    <t>p_3601860</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>ALVEOLUS BIOMEDICAL BV</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines et des oligo-éléments chez les patients atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments. DEKAS PLUS capsules molles et DEKAS PLUS comprimés à croquer sont destinés aux adultes et enfants de plus de 4 ans ; DEKAS PLUS liquide est destiné aux patients ne pouvant pas utiliser de formes solides ; principalement les nourrissons et enfants de moins de 4 ans.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2021 16:49:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295110/fr/dekas-plus</t>
+  </si>
+  <si>
+    <t>p_3295110</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>DEKAS PLUS ESSENTIAL</t>
+  </si>
+  <si>
+    <t>Prévention ou traitement d’une carence de l'ensemble des vitamines liposolubles (D, E, K et A) chez les adultes et enfants de plus de 4 ans atteints de mucoviscidose avec une fonction pancréatique exocrine anormale et/ou un déficit en vitamines et oligo-éléments.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295115/fr/dekas-plus-essential</t>
+  </si>
+  <si>
+    <t>p_3295115</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 septembre 2010</t>
+  </si>
+  <si>
+    <t>08/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_979727/fr/commission-de-la-transparence-reunion-du-8-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_979727</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 juin 2010</t>
+  </si>
+  <si>
+    <t>02/06/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_955315/fr/commission-de-la-transparence-reunion-du-2-juin-2010</t>
+  </si>
+  <si>
+    <t>c_955315</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>VEDROP (tocofersolan)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985256/en/vedrop-tocofersolan</t>
+    <t>08/09/2010 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985256/fr/vedrop-tocofersolan</t>
   </si>
   <si>
     <t>pprd_2985256</t>
   </si>
   <si>
     <t>tocofersolan</t>
   </si>
   <si>
     <t>Laboratoire ORPHAN EUROPE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_987213/en/vedrop</t>
+    <t>https://www.has-sante.fr/jcms/c_987213/fr/vedrop-tocofersolan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+      <c r="I4" t="s">
+        <v>28</v>
+      </c>
+      <c r="J4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" t="s">
+        <v>35</v>
+      </c>
+      <c r="J6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>62</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+      <c r="I2" t="s">
+        <v>69</v>
+      </c>
+      <c r="J2" t="s">
+        <v>70</v>
+      </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>