--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,339 +1,2506 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="270">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Bulimia nervosa and binge eating disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 27 octobre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494808/fr/college-deliberatif-du-27-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3494808</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 15 décembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494853/fr/college-deliberatif-du-15-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494853</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 30 mars 2022</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325509/fr/commission-de-la-transparence-reunion-du-30-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3325509</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 février 2019</t>
+  </si>
+  <si>
+    <t>12/02/2019 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904174/fr/ceesp-reunion-du-12-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904174</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>01/04/2016 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2654864/fr/college-deliberatif-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2654864</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 juillet 2007</t>
+  </si>
+  <si>
+    <t>18/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616108/fr/commission-de-la-transparence-reunion-du-18-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616108</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0357/DC/MNS du 19 décembre 2024 du collège de la Haute Autorité de santé relative au référencement de l’actualisation du système d’aide à la décision indexée par médicament (SAM) ayant pour objet d’alerter sur la modification des conditions de prescription et de délivrance (CPD) du topiramate pour les patientes, afin de limiter les risques liés à l’exposition in utero</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au référencement de l’actualisation du système d’aide à la décision indexée par médicament (SAM) ayant pour objet d’alerter sur la modification des conditions de prescription et de délivrance (CPD) du topiramate pour les patientes, afin de limiter les risques liés à l’exposition in utero.</t>
+  </si>
+  <si>
+    <t>19/12/2024 16:59:00</t>
+  </si>
+  <si>
+    <t>20/12/2024 19:15:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575216/fr/decision-n-2024-0357/dc/mns-du-19-decembre-2024-du-college-de-la-haute-autorite-de-sante-relative-au-referencement-de-l-actualisation-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-d-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-du-topiramate-pour-les-patientes-afin-de-limiter-les-risques-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3575216</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0363/DC/MNS du 27 octobre 2022 du collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet d'alerter sur la modification des conditions de prescription et de délivrance (CPD) du topiramate pour les patientes afin de limiter les risques liés à l’exposition in utero</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet d'alerter sur la modification des conditions de prescription et de délivrance (CPD) du topiramate pour les patientes afin de limiter les risques liés à l’exposition in utero, situé dans l'encadré "Voir aussi".</t>
+  </si>
+  <si>
+    <t>27/10/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>28/10/2022 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382551/fr/decision-n-2022-0363/dc/mns-du-27-octobre-2022-du-college-de-la-haute-autorite-de-sante-relative-au-referencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-d-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-du-topiramate-pour-les-patientes-afin-de-limiter-les-risques-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3382551</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>EPITOMAX (topiramate)</t>
+  </si>
+  <si>
+    <t>06/10/2017 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983515/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>pprd_2983515</t>
+  </si>
+  <si>
+    <t>topiramate</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399423/fr/epitomax-15-mg-gelule-epitomax-25-mg-gelule-epitomax-50-mg-gelule-boite-de-28-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399871/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400120/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532196/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735612/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797158/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Sevrage alcoolique : Baclocur®, thérapeutique de dernier recours</t>
+  </si>
+  <si>
+    <t>Baclocur® est un traitement de dernier recours chez les patients alcoolo-dépendants ayant une consommation d’alcool à risque élevé. Sa prescription est associée à un suivi psychosocial.</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148608/fr/sevrage-alcoolique-baclocur-therapeutique-de-dernier-recours</t>
+  </si>
+  <si>
+    <t>p_3148608</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>100</v>
+      </c>
+      <c r="H19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>104</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>105</v>
+      </c>
+      <c r="H20" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>110</v>
+      </c>
+      <c r="H21" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" t="s">
+        <v>113</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>114</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>115</v>
+      </c>
+      <c r="H22" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" t="s">
+        <v>118</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>119</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>120</v>
+      </c>
+      <c r="H23" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>122</v>
+      </c>
+      <c r="C24" t="s">
+        <v>123</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>124</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H24" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D3" t="s">
+        <v>136</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E4" t="s">
+        <v>143</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>144</v>
+      </c>
+      <c r="H4" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>127</v>
+      </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>141</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>142</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>143</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>147</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>148</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C6" t="s">
+        <v>141</v>
+      </c>
+      <c r="D6" t="s">
+        <v>142</v>
+      </c>
+      <c r="E6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>150</v>
+      </c>
+      <c r="H6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>127</v>
+      </c>
+      <c r="B7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C7" t="s">
+        <v>153</v>
+      </c>
+      <c r="D7" t="s">
+        <v>154</v>
+      </c>
+      <c r="E7" t="s">
+        <v>155</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>156</v>
+      </c>
+      <c r="H7" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>127</v>
+      </c>
+      <c r="B8" t="s">
+        <v>158</v>
+      </c>
+      <c r="C8" t="s">
+        <v>159</v>
+      </c>
+      <c r="D8" t="s">
+        <v>160</v>
+      </c>
+      <c r="E8" t="s">
+        <v>161</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>162</v>
+      </c>
+      <c r="H8" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>127</v>
+      </c>
+      <c r="B9" t="s">
+        <v>164</v>
+      </c>
+      <c r="C9" t="s">
+        <v>165</v>
+      </c>
+      <c r="D9" t="s">
+        <v>166</v>
+      </c>
+      <c r="E9" t="s">
+        <v>167</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>168</v>
+      </c>
+      <c r="H9" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>127</v>
+      </c>
+      <c r="B10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D10" t="s">
+        <v>166</v>
+      </c>
+      <c r="E10" t="s">
+        <v>172</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>173</v>
+      </c>
+      <c r="H10" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>127</v>
+      </c>
+      <c r="B11" t="s">
+        <v>175</v>
+      </c>
+      <c r="C11" t="s">
+        <v>176</v>
+      </c>
+      <c r="D11" t="s">
+        <v>177</v>
+      </c>
+      <c r="E11" t="s">
+        <v>178</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>179</v>
+      </c>
+      <c r="H11" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>127</v>
+      </c>
+      <c r="B12" t="s">
+        <v>181</v>
+      </c>
+      <c r="C12" t="s">
+        <v>182</v>
+      </c>
+      <c r="D12" t="s">
+        <v>183</v>
+      </c>
+      <c r="E12" t="s">
+        <v>184</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>185</v>
+      </c>
+      <c r="H12" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>127</v>
+      </c>
+      <c r="B13" t="s">
+        <v>187</v>
+      </c>
+      <c r="C13" t="s">
+        <v>188</v>
+      </c>
+      <c r="D13" t="s">
+        <v>189</v>
+      </c>
+      <c r="E13" t="s">
+        <v>190</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>191</v>
+      </c>
+      <c r="H13" t="s">
+        <v>192</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>197</v>
+      </c>
+      <c r="H2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B2" t="s">
+        <v>201</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>203</v>
+      </c>
+      <c r="H2" t="s">
+        <v>204</v>
+      </c>
+      <c r="I2" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>207</v>
+      </c>
+      <c r="H3" t="s">
+        <v>208</v>
+      </c>
+      <c r="I3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>210</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>211</v>
+      </c>
+      <c r="H4" t="s">
+        <v>212</v>
+      </c>
+      <c r="I4" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>200</v>
+      </c>
+      <c r="B5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H5" t="s">
+        <v>216</v>
+      </c>
+      <c r="I5" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B6" t="s">
+        <v>217</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>218</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>219</v>
+      </c>
+      <c r="H6" t="s">
+        <v>220</v>
+      </c>
+      <c r="I6" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>200</v>
+      </c>
+      <c r="B7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>222</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>223</v>
+      </c>
+      <c r="H7" t="s">
+        <v>224</v>
+      </c>
+      <c r="I7" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>200</v>
+      </c>
+      <c r="B8" t="s">
+        <v>225</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>226</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>227</v>
+      </c>
+      <c r="H8" t="s">
+        <v>228</v>
+      </c>
+      <c r="I8" t="s">
+        <v>205</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>229</v>
+      </c>
+      <c r="B2" t="s">
+        <v>230</v>
+      </c>
+      <c r="C2" t="s">
+        <v>231</v>
+      </c>
+      <c r="D2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>234</v>
+      </c>
+      <c r="H2" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C3" t="s">
+        <v>237</v>
+      </c>
+      <c r="D3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H3" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>229</v>
+      </c>
+      <c r="B4" t="s">
+        <v>242</v>
+      </c>
+      <c r="C4" t="s">
+        <v>243</v>
+      </c>
+      <c r="D4" t="s">
+        <v>244</v>
+      </c>
+      <c r="E4" t="s">
+        <v>245</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>246</v>
+      </c>
+      <c r="H4" t="s">
+        <v>247</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>248</v>
+      </c>
+      <c r="J1" t="s">
+        <v>249</v>
+      </c>
+      <c r="K1" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>251</v>
+      </c>
+      <c r="B2" t="s">
+        <v>252</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>254</v>
+      </c>
+      <c r="H2" t="s">
+        <v>255</v>
+      </c>
+      <c r="I2" t="s">
+        <v>256</v>
+      </c>
+      <c r="J2" t="s">
+        <v>257</v>
+      </c>
+      <c r="K2" t="s">
+        <v>258</v>
+      </c>
+      <c r="L2" t="s">
+        <v>259</v>
+      </c>
+      <c r="M2" t="s">
+        <v>260</v>
+      </c>
+      <c r="N2" t="s">
+        <v>261</v>
+      </c>
+      <c r="O2" t="s">
+        <v>262</v>
+      </c>
+      <c r="P2" t="s">
+        <v>263</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>264</v>
+      </c>
+      <c r="B2" t="s">
+        <v>265</v>
+      </c>
+      <c r="C2" t="s">
+        <v>266</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>267</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>268</v>
+      </c>
+      <c r="H2" t="s">
+        <v>269</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>