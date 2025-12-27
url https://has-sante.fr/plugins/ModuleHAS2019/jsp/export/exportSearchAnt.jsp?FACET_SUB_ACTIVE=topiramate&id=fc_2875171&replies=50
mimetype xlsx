--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -6,115 +6,469 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="270">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
     <t>Contraception hormonale orale : dispensation en officine</t>
@@ -252,389 +606,50 @@
     <t>10/05/2010 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
   </si>
   <si>
     <t>c_951095</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/03/2010 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
   </si>
   <si>
     <t>c_930913</t>
-  </si>
-[...337 lines deleted...]
-    <t>c_2751900</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
     <t>07/09/2019 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
@@ -872,1594 +887,1620 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>55</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>57</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>59</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>60</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
         <v>63</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>64</v>
       </c>
-      <c r="D12" t="s">
+      <c r="H12" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>69</v>
       </c>
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>70</v>
       </c>
-      <c r="D13" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
         <v>71</v>
       </c>
-      <c r="E13" t="s">
+      <c r="C14" t="s">
         <v>72</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>73</v>
       </c>
-      <c r="H13" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>100</v>
+      </c>
+      <c r="H19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>104</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>105</v>
+      </c>
+      <c r="H20" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>110</v>
+      </c>
+      <c r="H21" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" t="s">
+        <v>113</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>114</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>115</v>
+      </c>
+      <c r="H22" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" t="s">
+        <v>118</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>119</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>120</v>
+      </c>
+      <c r="H23" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>122</v>
+      </c>
+      <c r="C24" t="s">
+        <v>123</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>124</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H24" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="C2" t="s">
-        <v>77</v>
+        <v>129</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>130</v>
       </c>
       <c r="E2" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>79</v>
+        <v>132</v>
       </c>
       <c r="H2" t="s">
-        <v>80</v>
+        <v>133</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="C3" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>136</v>
       </c>
       <c r="E3" t="s">
-        <v>83</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="H3" t="s">
-        <v>85</v>
+        <v>139</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B4" t="s">
-        <v>86</v>
+        <v>140</v>
       </c>
       <c r="C4" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="E4" t="s">
-        <v>88</v>
+        <v>143</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>89</v>
+        <v>144</v>
       </c>
       <c r="H4" t="s">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B5" t="s">
-        <v>91</v>
+        <v>146</v>
       </c>
       <c r="C5" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
       <c r="D5" t="s">
-        <v>93</v>
+        <v>142</v>
       </c>
       <c r="E5" t="s">
-        <v>94</v>
+        <v>143</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>95</v>
+        <v>147</v>
       </c>
       <c r="H5" t="s">
-        <v>96</v>
+        <v>148</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>149</v>
       </c>
       <c r="C6" t="s">
-        <v>98</v>
+        <v>141</v>
       </c>
       <c r="D6" t="s">
-        <v>99</v>
+        <v>142</v>
       </c>
       <c r="E6" t="s">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>101</v>
+        <v>150</v>
       </c>
       <c r="H6" t="s">
-        <v>102</v>
+        <v>151</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B7" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="C7" t="s">
-        <v>104</v>
+        <v>153</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="E7" t="s">
-        <v>105</v>
+        <v>155</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="H7" t="s">
-        <v>107</v>
+        <v>157</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B8" t="s">
-        <v>108</v>
+        <v>158</v>
       </c>
       <c r="C8" t="s">
-        <v>109</v>
+        <v>159</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="E8" t="s">
-        <v>110</v>
+        <v>161</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>111</v>
+        <v>162</v>
       </c>
       <c r="H8" t="s">
-        <v>112</v>
+        <v>163</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B9" t="s">
-        <v>113</v>
+        <v>164</v>
       </c>
       <c r="C9" t="s">
-        <v>114</v>
+        <v>165</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>166</v>
       </c>
       <c r="E9" t="s">
-        <v>115</v>
+        <v>167</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>116</v>
+        <v>168</v>
       </c>
       <c r="H9" t="s">
-        <v>117</v>
+        <v>169</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B10" t="s">
-        <v>118</v>
+        <v>170</v>
       </c>
       <c r="C10" t="s">
-        <v>119</v>
+        <v>171</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>166</v>
       </c>
       <c r="E10" t="s">
-        <v>120</v>
+        <v>172</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>121</v>
+        <v>173</v>
       </c>
       <c r="H10" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B11" t="s">
-        <v>123</v>
+        <v>175</v>
       </c>
       <c r="C11" t="s">
-        <v>124</v>
+        <v>176</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="E11" t="s">
-        <v>120</v>
+        <v>178</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>125</v>
+        <v>179</v>
       </c>
       <c r="H11" t="s">
-        <v>126</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B12" t="s">
-        <v>127</v>
+        <v>181</v>
       </c>
       <c r="C12" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>183</v>
       </c>
       <c r="E12" t="s">
-        <v>129</v>
+        <v>184</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>130</v>
+        <v>185</v>
       </c>
       <c r="H12" t="s">
-        <v>131</v>
+        <v>186</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="B13" t="s">
-        <v>132</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
-        <v>133</v>
+        <v>188</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="E13" t="s">
-        <v>134</v>
+        <v>190</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>135</v>
+        <v>191</v>
       </c>
       <c r="H13" t="s">
-        <v>136</v>
-[...259 lines deleted...]
-        <v>187</v>
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>154</v>
       </c>
       <c r="E2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="H2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H2" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="I2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="H3" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="I3" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>210</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>211</v>
+      </c>
+      <c r="H4" t="s">
+        <v>212</v>
+      </c>
+      <c r="I4" t="s">
         <v>205</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B5" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="I5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H6" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I6" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B7" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="H7" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="I7" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B8" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H8" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="I8" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H2" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C3" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="E3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B4" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C4" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="D4" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E4" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H4" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="J1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="K1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="B2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="I2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="J2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="K2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="L2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="M2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="N2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="O2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="P2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H2" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>