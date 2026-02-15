--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,2506 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
-[...359 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Prise en charge du patient présentant une lombalgie commune</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Prise en charge des consommateurs de cocaïne</t>
-[...38 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
-  </si>
-[...211 lines deleted...]
-    <t>p_3148608</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
-[...15 lines deleted...]
-      <c r="E6" t="s">
         <v>33</v>
-      </c>
-[...1422 lines deleted...]
-        <v>269</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>