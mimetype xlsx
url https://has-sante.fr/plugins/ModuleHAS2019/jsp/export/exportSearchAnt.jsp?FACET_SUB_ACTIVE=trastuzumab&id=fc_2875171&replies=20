--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -39,51 +39,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="837" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="854" uniqueCount="444">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -263,65 +263,77 @@
   <si>
     <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
   </si>
   <si>
     <t>10/11/2021 00:00:00</t>
   </si>
   <si>
     <t>22/11/2021 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Collège délibératif du 6 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594876/fr/college-deliberatif-du-6-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594876</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
     <t>Collège délibératif du 13 février 2025</t>
   </si>
   <si>
     <t>21/02/2025 10:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592411/fr/college-deliberatif-du-13-fevrier-2025</t>
   </si>
   <si>
     <t>p_3592411</t>
   </si>
   <si>
-    <t>Collège</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 26 février 2025</t>
   </si>
   <si>
     <t>19/02/2025 09:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591267/fr/commission-de-la-transparence-reunion-du-26-fevrier-2025</t>
   </si>
   <si>
     <t>p_3591267</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 29 janvier 2025</t>
   </si>
   <si>
     <t>22/01/2025 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585238/fr/commission-de-la-transparence-reunion-du-29-janvier-2025</t>
   </si>
   <si>
     <t>p_3585238</t>
@@ -855,50 +867,68 @@
     <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
   </si>
   <si>
     <t>16/07/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
   </si>
   <si>
     <t>c_678285</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 5 mars 2008</t>
   </si>
   <si>
     <t>05/03/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
   </si>
   <si>
     <t>c_635308</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0296/DC/SEM du 11 décembre 2025 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>L'autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association au trastuzumab et à une chimiothérapie à base de sels de platine et de fluoropyrimidine, dans le traitement de première ligne des patients adultes atteints d’un adénocarcinome gastrique ou de la jonction oeso-gastrique, localement avancé non résécable ou métastatique, HER-2 positif et dont les tumeurs expriment PD-L1 avec un CPS ≥ 1 » a fait l'objet d'une modification (ajout d'une présentation).</t>
+  </si>
+  <si>
+    <t>11/12/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806207/fr/decision-n-2025-0296/dc/sem-du-11-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>p_3806207</t>
   </si>
   <si>
     <t>Décision n°2025.0070/DC/SEM du 6 mars 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité ENHERTU (trastuzumab déruxtécan)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée à la spécialité ENHERTU (Trastuzumab déruxtécan) dans l'indication « en monothérapie dans le traitement des patients adultes présentant un cancer du sein non résécable ou métastatique avec récepteurs hormonaux positifs (RH+), HER2-faible ou HER2-ultra faible ayant reçu au moins une hormonothérapie au stade métastatique et qui ne sont pas éligibles à une hormonothérapie en ligne de traitement suivante (voir rubrique 5.1 du RCP) ».</t>
   </si>
   <si>
     <t>06/03/2025 09:39:00</t>
   </si>
   <si>
     <t>21/03/2025 13:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598496/fr/decision-n2025-0070/dc/sem-du-6-mars-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>p_3598496</t>
   </si>
   <si>
     <t>Décision n°2025.0041/DC/SEM du 13 février 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association au trastuzumab et à une chimiothérapie à base de sels de platine et de fluoropyrimidine, dans le traitement de première ligne des patients adultes atteints d’un adénocarcinome gastrique ou de la jonction oeso-gastrique, localement avancé non résécable ou métastatique, HER-2 positif et dont les tumeurs expriment PD-L1 avec un CPS ≥ 1. »</t>
   </si>
@@ -1489,513 +1519,513 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="J1" t="s">
         <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B2" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="H2" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="I2" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="J2" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="K2" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="L2" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="M2" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="N2" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="O2" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="P2" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="Q2" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="R2" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="S2" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="T2" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="U2" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="V2" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B3" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="H3" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="I3" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="J3" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="K3" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B4" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="H4" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="I4" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="J4" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="K4" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="L4" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B5" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="H5" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="I5" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="J5" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="K5" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="L5" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B6" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="H6" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="I6" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="J6" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="K6" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="L6" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B7" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="H7" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="I7" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="J7" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="K7" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="L7" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B8" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="H8" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="I8" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="J8" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="K8" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="L8" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B9" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="H9" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="I9" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="J9" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="K9" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B10" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="H10" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="I10" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="J10" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="K10" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="L10" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="M10" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="N10" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="O10" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="P10" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="Q10" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="R10" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="S10" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="T10" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="B2" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="C2" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="H2" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2422,51 +2452,51 @@
       </c>
       <c r="D3" t="s">
         <v>68</v>
       </c>
       <c r="E3" t="s">
         <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I50"/>
+  <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2512,1761 +2542,1816 @@
       <c r="A3" t="s">
         <v>73</v>
       </c>
       <c r="B3" t="s">
         <v>79</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>80</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>81</v>
       </c>
       <c r="H3" t="s">
         <v>82</v>
       </c>
       <c r="I3" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>73</v>
       </c>
       <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>84</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>85</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>86</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>73</v>
       </c>
       <c r="B5" t="s">
         <v>88</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>89</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>90</v>
       </c>
       <c r="H5" t="s">
         <v>91</v>
       </c>
       <c r="I5" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>92</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>93</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>94</v>
       </c>
       <c r="H6" t="s">
         <v>95</v>
       </c>
       <c r="I6" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>96</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>97</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>98</v>
       </c>
       <c r="H7" t="s">
         <v>99</v>
       </c>
       <c r="I7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>100</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>101</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>102</v>
       </c>
       <c r="H8" t="s">
         <v>103</v>
       </c>
       <c r="I8" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>104</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>105</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>106</v>
       </c>
       <c r="H9" t="s">
         <v>107</v>
       </c>
       <c r="I9" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>73</v>
       </c>
       <c r="B10" t="s">
         <v>108</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H10" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>113</v>
       </c>
       <c r="H11" t="s">
         <v>114</v>
       </c>
       <c r="I11" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>73</v>
       </c>
       <c r="B12" t="s">
         <v>115</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>116</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>117</v>
       </c>
       <c r="H12" t="s">
         <v>118</v>
       </c>
       <c r="I12" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>73</v>
       </c>
       <c r="B13" t="s">
         <v>119</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>120</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>121</v>
       </c>
       <c r="H13" t="s">
         <v>122</v>
       </c>
       <c r="I13" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>123</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>124</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>125</v>
       </c>
       <c r="H14" t="s">
         <v>126</v>
       </c>
       <c r="I14" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>127</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>128</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>129</v>
       </c>
       <c r="H15" t="s">
         <v>130</v>
       </c>
       <c r="I15" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>131</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>132</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>133</v>
       </c>
       <c r="H16" t="s">
         <v>134</v>
       </c>
       <c r="I16" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>135</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>136</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>137</v>
       </c>
       <c r="H17" t="s">
         <v>138</v>
       </c>
       <c r="I17" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>139</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>140</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>141</v>
       </c>
       <c r="H18" t="s">
         <v>142</v>
       </c>
       <c r="I18" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>73</v>
       </c>
       <c r="B19" t="s">
         <v>143</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>144</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>145</v>
       </c>
       <c r="H19" t="s">
         <v>146</v>
       </c>
       <c r="I19" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>73</v>
       </c>
       <c r="B20" t="s">
         <v>147</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>148</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>149</v>
       </c>
       <c r="H20" t="s">
         <v>150</v>
       </c>
       <c r="I20" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>73</v>
       </c>
       <c r="B21" t="s">
         <v>151</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>152</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>153</v>
       </c>
       <c r="H21" t="s">
         <v>154</v>
       </c>
       <c r="I21" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>73</v>
       </c>
       <c r="B22" t="s">
         <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>156</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>157</v>
       </c>
       <c r="H22" t="s">
         <v>158</v>
       </c>
       <c r="I22" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>73</v>
       </c>
       <c r="B23" t="s">
         <v>159</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>160</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>161</v>
       </c>
       <c r="H23" t="s">
         <v>162</v>
       </c>
       <c r="I23" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>73</v>
       </c>
       <c r="B24" t="s">
         <v>163</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>164</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>165</v>
       </c>
       <c r="H24" t="s">
         <v>166</v>
       </c>
       <c r="I24" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>73</v>
       </c>
       <c r="B25" t="s">
         <v>167</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>168</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>169</v>
       </c>
       <c r="H25" t="s">
         <v>170</v>
       </c>
       <c r="I25" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>73</v>
       </c>
       <c r="B26" t="s">
         <v>171</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>172</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>173</v>
       </c>
       <c r="H26" t="s">
         <v>174</v>
       </c>
       <c r="I26" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>73</v>
       </c>
       <c r="B27" t="s">
         <v>175</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>176</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>177</v>
       </c>
       <c r="H27" t="s">
         <v>178</v>
       </c>
       <c r="I27" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>73</v>
       </c>
       <c r="B28" t="s">
         <v>179</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>180</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>181</v>
       </c>
       <c r="H28" t="s">
         <v>182</v>
       </c>
       <c r="I28" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>73</v>
       </c>
       <c r="B29" t="s">
         <v>183</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>184</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>185</v>
       </c>
       <c r="H29" t="s">
         <v>186</v>
       </c>
       <c r="I29" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>188</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>189</v>
       </c>
       <c r="H30" t="s">
         <v>190</v>
       </c>
       <c r="I30" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="B31" t="s">
         <v>191</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
         <v>192</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>193</v>
       </c>
       <c r="H31" t="s">
         <v>194</v>
       </c>
       <c r="I31" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>73</v>
       </c>
       <c r="B32" t="s">
         <v>195</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
         <v>196</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>197</v>
       </c>
       <c r="H32" t="s">
         <v>198</v>
       </c>
       <c r="I32" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" t="s">
         <v>199</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
         <v>200</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>201</v>
       </c>
       <c r="H33" t="s">
         <v>202</v>
       </c>
       <c r="I33" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>203</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>204</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>205</v>
       </c>
       <c r="H34" t="s">
         <v>206</v>
       </c>
       <c r="I34" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>207</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>208</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>209</v>
       </c>
       <c r="H35" t="s">
         <v>210</v>
       </c>
       <c r="I35" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>211</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
         <v>212</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>213</v>
       </c>
       <c r="H36" t="s">
         <v>214</v>
       </c>
       <c r="I36" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>215</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>216</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>217</v>
       </c>
       <c r="H37" t="s">
         <v>218</v>
       </c>
       <c r="I37" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>219</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>220</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>221</v>
       </c>
       <c r="H38" t="s">
         <v>222</v>
       </c>
       <c r="I38" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>73</v>
       </c>
       <c r="B39" t="s">
         <v>223</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>224</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>225</v>
       </c>
       <c r="H39" t="s">
         <v>226</v>
       </c>
       <c r="I39" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>73</v>
       </c>
       <c r="B40" t="s">
         <v>227</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>228</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>229</v>
       </c>
       <c r="H40" t="s">
         <v>230</v>
       </c>
       <c r="I40" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>231</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>232</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>233</v>
       </c>
       <c r="H41" t="s">
         <v>234</v>
       </c>
       <c r="I41" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>73</v>
       </c>
       <c r="B42" t="s">
         <v>235</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
         <v>236</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>237</v>
       </c>
       <c r="H42" t="s">
         <v>238</v>
       </c>
       <c r="I42" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>73</v>
       </c>
       <c r="B43" t="s">
         <v>239</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
         <v>240</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>241</v>
       </c>
       <c r="H43" t="s">
         <v>242</v>
       </c>
       <c r="I43" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>73</v>
       </c>
       <c r="B44" t="s">
         <v>243</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>244</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>245</v>
       </c>
       <c r="H44" t="s">
         <v>246</v>
       </c>
       <c r="I44" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>73</v>
       </c>
       <c r="B45" t="s">
         <v>247</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>248</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>249</v>
       </c>
       <c r="H45" t="s">
         <v>250</v>
       </c>
       <c r="I45" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>251</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>252</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>253</v>
       </c>
       <c r="H46" t="s">
         <v>254</v>
       </c>
       <c r="I46" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>73</v>
       </c>
       <c r="B47" t="s">
         <v>255</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>256</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>257</v>
       </c>
       <c r="H47" t="s">
         <v>258</v>
       </c>
       <c r="I47" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>73</v>
       </c>
       <c r="B48" t="s">
         <v>259</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>260</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>261</v>
       </c>
       <c r="H48" t="s">
         <v>262</v>
       </c>
       <c r="I48" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>73</v>
       </c>
       <c r="B49" t="s">
         <v>263</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>264</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>265</v>
       </c>
       <c r="H49" t="s">
         <v>266</v>
       </c>
       <c r="I49" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>73</v>
       </c>
       <c r="B50" t="s">
         <v>267</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>268</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>269</v>
       </c>
       <c r="H50" t="s">
         <v>270</v>
       </c>
       <c r="I50" t="s">
-        <v>83</v>
+        <v>87</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>73</v>
+      </c>
+      <c r="B51" t="s">
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>272</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>273</v>
+      </c>
+      <c r="H51" t="s">
+        <v>274</v>
+      </c>
+      <c r="I51" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B2" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C2" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D2" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="E2" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="H2" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C3" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="D3" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="E3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B4" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C4" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D4" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E4" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="H4" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B5" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C5" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D5" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="E5" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="H5" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B6" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C6" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D6" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E6" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H6" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B7" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C7" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D7" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="E7" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="H7" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B8" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C8" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D8" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E8" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="H8" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B9" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C9" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D9" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="E9" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="H9" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B10" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C10" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D10" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E10" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="H10" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B11" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C11" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D11" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="E11" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="H11" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B12" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C12" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="D12" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E12" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="H12" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B13" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C13" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D13" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="E13" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="H13" t="s">
-        <v>343</v>
+        <v>347</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>275</v>
+      </c>
+      <c r="B14" t="s">
+        <v>348</v>
+      </c>
+      <c r="C14" t="s">
+        <v>349</v>
+      </c>
+      <c r="D14" t="s">
+        <v>350</v>
+      </c>
+      <c r="E14" t="s">
+        <v>351</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>352</v>
+      </c>
+      <c r="H14" t="s">
+        <v>353</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>