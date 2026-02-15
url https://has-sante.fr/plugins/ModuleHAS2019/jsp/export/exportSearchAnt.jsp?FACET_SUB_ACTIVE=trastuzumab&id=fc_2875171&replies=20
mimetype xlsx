--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,1466 +1,401 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="854" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>07/04/2014 15:40:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Description</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Guide parcours de soins insuffisance cardiaque</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...851 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ENHERTU (trastuzumab déruxtécan)</t>
   </si>
   <si>
-    <t>06/05/2025 14:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3273604/fr/enhertu-trastuzumab-deruxtecan</t>
+    <t>02/11/2026 12:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273604/en/enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>p_3273604</t>
   </si>
   <si>
     <t>trastuzumab déruxtécan</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3272596/fr/enhertu-trastuzumab-deruxtecan</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3598458/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+    <t>https://www.has-sante.fr/jcms/p_3272596/en/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341817/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359829/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383475/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424347/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443053/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444788/en/enhertu-trastuzumab-deruxtecan-her2-low-breast-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447975/en/enhertu-trastuzumab-deruxtecan-gastric-or-gastroesophageal-junction-gej-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458293/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471088/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530992/en/enhertu-trastuzumab-deruxtecan-lung-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598458/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859779/en/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique</t>
   </si>
   <si>
     <t>PHESGO (pertuzumab, trastuzumab)</t>
   </si>
   <si>
-    <t>08/04/2021 16:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3260146/fr/phesgo-pertuzumab-trastuzumab</t>
+    <t>04/08/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260146/en/phesgo-pertuzumab-trastuzumab</t>
   </si>
   <si>
     <t>p_3260146</t>
   </si>
   <si>
     <t>pertuzumab,trastuzumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3259931/fr/phesgo-pertuzumab-trastuzumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984794/fr/kadcyla-trastuzumab-emtansine</t>
+    <t>https://www.has-sante.fr/jcms/p_3259931/en/phesgo-pertuzumab-trastuzumab</t>
+  </si>
+  <si>
+    <t>KADCYLA</t>
+  </si>
+  <si>
+    <t>06/12/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984794/en/kadcyla</t>
   </si>
   <si>
     <t>pprd_2984794</t>
   </si>
   <si>
     <t>trastuzumab emtansine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735595/fr/kadcyla-trastuzumab-emtansine-anticorps-ciblant-le-recepteur-her-2-couple-a-un-cytotoxique</t>
-[...14 lines deleted...]
-    <t>pprd_2982861</t>
+    <t>https://www.has-sante.fr/jcms/c_1735595/en/kadcyla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188463/en/kadcyla</t>
+  </si>
+  <si>
+    <t>HERCEPTIN (trastuzumab)</t>
+  </si>
+  <si>
+    <t>09/28/2016 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984084/en/herceptin-trastuzumab</t>
+  </si>
+  <si>
+    <t>pprd_2984084</t>
   </si>
   <si>
     <t>trastuzumab</t>
   </si>
   <si>
-    <t>MYLAN MEDICAL SAS</t>
-[...146 lines deleted...]
-    <t>c_2906058</t>
+    <t>https://www.has-sante.fr/jcms/c_398959/en/herceptin-150-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400626/en/herceptin-150-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-de-1-flacon-de-15-ml-cip-562-103-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455468/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657536/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036288/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359733/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739160/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620144/en/herceptin-trastuzumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637981/en/herceptin-trastuzumab-monoclonal-antibody-treatment-of-her2-early-breast-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633563/en/herceptin-trastuzumab-monoclonal-antibody-gastric-cancer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1485,2873 +420,516 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...438 lines deleted...]
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>438</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>439</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>440</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>441</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>442</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>443</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...76 lines deleted...]
-  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
         <v>26</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>27</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>28</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
         <v>33</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>34</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>35</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>36</v>
-      </c>
-[...10 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
         <v>40</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>41</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>43</v>
+      </c>
+      <c r="J1" t="s">
+        <v>44</v>
+      </c>
+      <c r="K1" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>48</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>49</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>50</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>51</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>52</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="K2" t="s">
         <v>53</v>
       </c>
-      <c r="B2" t="s">
+      <c r="L2" t="s">
         <v>54</v>
       </c>
-      <c r="C2" t="s">
+      <c r="M2" t="s">
         <v>55</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="N2" t="s">
         <v>56</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="O2" t="s">
         <v>57</v>
       </c>
-      <c r="H2" t="s">
+      <c r="P2" t="s">
         <v>58</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="Q2" t="s">
         <v>59</v>
       </c>
-      <c r="B2" t="s">
+      <c r="R2" t="s">
         <v>60</v>
       </c>
-      <c r="C2" t="s">
+      <c r="S2" t="s">
         <v>61</v>
       </c>
-      <c r="D2" t="s">
+      <c r="T2" t="s">
         <v>62</v>
       </c>
-      <c r="E2" t="s">
+      <c r="U2" t="s">
         <v>63</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="V2" t="s">
         <v>64</v>
       </c>
-      <c r="H2" t="s">
+      <c r="W2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>67</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>68</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>69</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>70</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
         <v>71</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="I1" t="s">
+      <c r="K3" t="s">
         <v>72</v>
-      </c>
-[...56 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
         <v>73</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="I4" t="s">
-        <v>87</v>
+        <v>77</v>
+      </c>
+      <c r="J4" t="s">
+        <v>71</v>
+      </c>
+      <c r="K4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L4" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I5" t="s">
+        <v>84</v>
+      </c>
+      <c r="J5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K5" t="s">
+        <v>85</v>
+      </c>
+      <c r="L5" t="s">
+        <v>86</v>
+      </c>
+      <c r="M5" t="s">
+        <v>87</v>
+      </c>
+      <c r="N5" t="s">
         <v>88</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="O5" t="s">
         <v>89</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="P5" t="s">
         <v>90</v>
       </c>
-      <c r="H5" t="s">
+      <c r="Q5" t="s">
         <v>91</v>
       </c>
-      <c r="I5" t="s">
-[...7 lines deleted...]
-      <c r="B6" t="s">
+      <c r="R5" t="s">
         <v>92</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="S5" t="s">
         <v>93</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="T5" t="s">
         <v>94</v>
       </c>
-      <c r="H6" t="s">
-[...1309 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
-[...377 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>