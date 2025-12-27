--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,380 +1,1466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="854" uniqueCount="444">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>04/07/2014 15:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CUREETY TECHCARE</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578221/fr/cureety-techcare</t>
+  </si>
+  <si>
+    <t>p_3578221</t>
+  </si>
+  <si>
+    <t>Logiciel de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>CUREETY SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé face aux enjeux de la qualité des soins et des coûts</t>
+  </si>
+  <si>
+    <t>A l’occasion de son 10e anniversaire, la Haute Autorité de Santé organise un nouveau colloque sur la régulation par la qualité et l’efficience, cap que s’est fixé l’institution depuis plusieurs années et auquel elle entend associer de plus en plus les patients. Elle entend ainsi animer le débat et montrer ses contributions sur des thématiques majeures à l’heure où le financement de notre système de santé solidaire est bousculé.</t>
+  </si>
+  <si>
+    <t>01/10/2015 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559009/fr/la-haute-autorite-de-sante-face-aux-enjeux-de-la-qualite-des-soins-et-des-couts</t>
+  </si>
+  <si>
+    <t>c_2559009</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594876/fr/college-deliberatif-du-6-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594876</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 février 2025</t>
+  </si>
+  <si>
+    <t>21/02/2025 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592411/fr/college-deliberatif-du-13-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3592411</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 février 2025</t>
+  </si>
+  <si>
+    <t>19/02/2025 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591267/fr/commission-de-la-transparence-reunion-du-26-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591267</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 janvier 2025</t>
+  </si>
+  <si>
+    <t>22/01/2025 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585238/fr/commission-de-la-transparence-reunion-du-29-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3585238</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 septembre 2024</t>
+  </si>
+  <si>
+    <t>18/09/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542599/fr/commission-de-la-transparence-reunion-du-25-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3542599</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2024</t>
+  </si>
+  <si>
+    <t>19/06/2024 13:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525360/fr/commission-de-la-transparence-reunion-du-26-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525360</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2024</t>
+  </si>
+  <si>
+    <t>05/06/2024 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520457/fr/commission-de-la-transparence-reunion-du-12-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3520457</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 30 avril 2024</t>
+  </si>
+  <si>
+    <t>26/04/2024 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514317/fr/ceesp-reunion-du-30-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3514317</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 mai 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494699/fr/college-deliberatif-du-19-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3494699</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 juillet 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494745/fr/college-deliberatif-du-21-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3494745</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 20 juillet 2023</t>
+  </si>
+  <si>
+    <t>19/10/2023 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468843/fr/pv-du-college-deliberatif-du-20-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3468843</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 octobre 2023</t>
+  </si>
+  <si>
+    <t>11/10/2023 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467505/fr/commission-de-la-transparence-reunion-du-18-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3467505</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 05 juillet 2023</t>
+  </si>
+  <si>
+    <t>29/06/2023 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449128/fr/commission-de-la-transparence-reunion-du-05-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3449128</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 20 juin 2023</t>
+  </si>
+  <si>
+    <t>16/06/2023 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447449/fr/ceesp-reunion-du-20-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447449</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2023</t>
+  </si>
+  <si>
+    <t>15/06/2023 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447493/fr/commission-de-la-transparence-reunion-du-21-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447493</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 mai 2023</t>
+  </si>
+  <si>
+    <t>22/05/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442632/fr/commission-de-la-transparence-reunion-du-24-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3442632</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 mai 2023</t>
+  </si>
+  <si>
+    <t>05/05/2023 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433011/fr/commission-de-la-transparence-reunion-du-10-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3433011</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 05 avril 2023</t>
+  </si>
+  <si>
+    <t>31/03/2023 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424665/fr/commission-de-la-transparence-reunion-du-05-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3424665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2023</t>
+  </si>
+  <si>
+    <t>16/02/2023 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413361/fr/commission-de-la-transparence-reunion-du-22-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3413361</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 Octobre 2022</t>
+  </si>
+  <si>
+    <t>20/10/2022 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380674/fr/commission-de-la-transparence-reunion-du-26-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3380674</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 Mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337617/fr/commission-de-la-transparence-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337617</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 20 juillet 2021</t>
+  </si>
+  <si>
+    <t>20/07/2021 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278440/fr/ceesp-reunion-du-20-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3278440</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 6 juillet 2021</t>
+  </si>
+  <si>
+    <t>29/06/2021 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274731/fr/ceesp-reunion-du-6-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3274731</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 2 juin 2021</t>
+  </si>
+  <si>
+    <t>26/05/2021 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268363/fr/commission-de-la-transparence-reunion-a-distance-du-2-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3268363</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 24 juin 2020</t>
+  </si>
+  <si>
+    <t>17/06/2020 13:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190382/fr/commission-de-la-transparence-reunion-a-distance-du-24-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3190382</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 mai 2020</t>
+  </si>
+  <si>
+    <t>03/06/2020 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187901/fr/ceesp-reunion-du-12-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3187901</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 27 mai 2020</t>
+  </si>
+  <si>
+    <t>20/05/2020 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185732/fr/commission-de-la-transparence-reunion-a-distance-du-27-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3185732</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 juin 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972186/fr/commission-de-la-transparence-reunion-du-5-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2972186</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 avril 2019</t>
+  </si>
+  <si>
+    <t>11/04/2019 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964082/fr/commission-de-la-transparence-reunion-du-17-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2964082</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>28/06/2016 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641665/fr/commission-de-la-transparence-reunion-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2641665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 mars 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744736/fr/ceesp-reunion-du-11-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1744736</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745376/fr/commission-de-la-transparence-reunion-du-11-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1745376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2014</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726254/fr/commission-de-la-transparence-reunion-du-5-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1726254</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2012</t>
+  </si>
+  <si>
+    <t>19/12/2012 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343639/fr/commission-de-la-transparence-reunion-du-19-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1343639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0296/DC/SEM du 11 décembre 2025 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>L'autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association au trastuzumab et à une chimiothérapie à base de sels de platine et de fluoropyrimidine, dans le traitement de première ligne des patients adultes atteints d’un adénocarcinome gastrique ou de la jonction oeso-gastrique, localement avancé non résécable ou métastatique, HER-2 positif et dont les tumeurs expriment PD-L1 avec un CPS ≥ 1 » a fait l'objet d'une modification (ajout d'une présentation).</t>
+  </si>
+  <si>
+    <t>11/12/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806207/fr/decision-n-2025-0296/dc/sem-du-11-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>p_3806207</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0070/DC/SEM du 6 mars 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité ENHERTU (trastuzumab déruxtécan)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité ENHERTU (Trastuzumab déruxtécan) dans l'indication « en monothérapie dans le traitement des patients adultes présentant un cancer du sein non résécable ou métastatique avec récepteurs hormonaux positifs (RH+), HER2-faible ou HER2-ultra faible ayant reçu au moins une hormonothérapie au stade métastatique et qui ne sont pas éligibles à une hormonothérapie en ligne de traitement suivante (voir rubrique 5.1 du RCP) ».</t>
+  </si>
+  <si>
+    <t>06/03/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>21/03/2025 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598496/fr/decision-n2025-0070/dc/sem-du-6-mars-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>p_3598496</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0041/DC/SEM du 13 février 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association au trastuzumab et à une chimiothérapie à base de sels de platine et de fluoropyrimidine, dans le traitement de première ligne des patients adultes atteints d’un adénocarcinome gastrique ou de la jonction oeso-gastrique, localement avancé non résécable ou métastatique, HER-2 positif et dont les tumeurs expriment PD-L1 avec un CPS ≥ 1. »</t>
+  </si>
+  <si>
+    <t>13/02/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:42:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592511/fr/decision-n2025-0041/dc/sem-du-13-fevrier-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>p_3592511</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0147/DC/SEM du 30 mai 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité TRUQAP (capivasertib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité TRUQAP (capivasertib).</t>
+  </si>
+  <si>
+    <t>30/05/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>10/06/2024 08:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521953/fr/decision-n2024-0147/dc/sem-du-30-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-truqap-capivasertib</t>
+  </si>
+  <si>
+    <t>p_3521953</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0031/DC/SEM du 8 février 2024 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité ORSERDU</t>
+  </si>
+  <si>
+    <t>Refus de la demande d'autorisation d’accès précoce à la spécialité DANICOPAN (danicopan) dans l'indication « en association au ravulizumab ou à l’eculizumab pour le traitement des patients adultes atteints d’hémoglobinurie paroxystique nocturne (HPN), anémiques (hémoglobine ≤ 9,5 g/dL) après un traitement par ravulizumab ou eculizumab pendant au moins 6 mois. »</t>
+  </si>
+  <si>
+    <t>08/02/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>14/02/2024 10:53:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495000/fr/decision-n2024-0031/dc/sem-du-8-fevrier-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-orserdu</t>
+  </si>
+  <si>
+    <t>p_3495000</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0276/DC/SEM du 20 juillet 2023 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité ENHERTU</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité ENHERTU (trastuzumab déruxtécan) dans l’indication « traitement des patients adultes présentant un adénocarcinome de l’estomac ou de la jonction œsogastrique (JOG) HER2 positif localement avancé ou métastatique ayant reçu préalablement au moins deux lignes de traitement incluant le trastuzumab sur l’avis d’une réunion de concertation pluridisciplinaire (RCP) ».</t>
+  </si>
+  <si>
+    <t>20/07/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>28/08/2023 17:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458299/fr/decision-n2023-0276/dc/sem-du-20-juillet-2023-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-enhertu</t>
+  </si>
+  <si>
+    <t>p_3458299</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0076/DC/SEM du 23 février 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité TRODELVY</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité TRODELVY (sacituzumab govitecan), dans l'indication « en monothérapie pour le traitement des patients adultes atteints d’un cancer du sein RH positifs / HER2 négatifs (IHC 0, IHC 1+ ou IHC 2+/ISH-) non résécable ou métastatique, ayant reçu au moins deux lignes de chimiothérapie au stade métastatique ».</t>
+  </si>
+  <si>
+    <t>23/02/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>28/02/2023 09:19:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418125/fr/decision-n2023-0076/dc/sem-du-23-fevrier-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-trodelvy</t>
+  </si>
+  <si>
+    <t>p_3418125</t>
+  </si>
+  <si>
+    <t>Décision n 2022.0365/DC/SEM du 27 octobre 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ENHERTU</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ENHERTU (Trastuzumab déruxtécan) dans l'indication « en monothérapie pour le traitement des patients adultes atteints d’un cancer du sein HER2- faible (IHC 1+ ou IHC 2+/ISH-) non résécable ou métastatique qui ont reçu au moins une ligne de chimiothérapie au stade métastatique ou qui ont développé une récidive de la maladie pendant ou dans les 6 mois suivant la fin d’une chimiothérapie adjuvante. Les patients atteints d’un cancer du sein avec des récepteurs hormonaux positifs doivent aussi avoir reçu au moins une hormonothérapie et être non éligibles à une nouvelle ligne d’hormonothérapie ».</t>
+  </si>
+  <si>
+    <t>27/10/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>07/11/2022 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383492/fr/decision-n-2022-0365/dc/sem-du-27-octobre-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-enhertu</t>
+  </si>
+  <si>
+    <t>p_3383492</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0338/DC/SEM du 29 septembre 2022 du collège de la Haute Autorité de santé constatant l’impact significatif du produit ENHERTU (trastuzumab déruxtécan) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 29 septembre 2022 a constaté l'impact significatif du produit ENHERTU (trastuzumab déruxtécan) sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « en monothérapie dans le traitement des patients adultes présentant un cancer du sein HER2 positif non résécable ou métastatique ayant reçu préalablement au moins une ligne de traitement anti-HER2 ».</t>
+  </si>
+  <si>
+    <t>29/09/2022 13:06:00</t>
+  </si>
+  <si>
+    <t>04/10/2022 17:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374555/fr/decision-n2022-0338/dc/sem-du-29-septembre-2022-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-enhertu-trastuzumab-deruxtecan-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3374555</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0275/DC/SEM du 21 juillet 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ENHERTU</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ENHERTU (trastuzumab déruxtécan) dans l’indication « en monothérapie, dans le traitement des patients adultes présentant un adénocarcinome de l’estomac ou de la jonction œsogastrique (JOG) HER2 positif localement avancé ou métastatique ayant reçu préalablement au moins deux lignes de traitement incluant le trastuzumab sur l’avis d’une réunion de concertation pluridisciplinaire (RCP) ».</t>
+  </si>
+  <si>
+    <t>21/07/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>19/08/2022 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359830/fr/decision-n2022-0275/dc/sem-du-21-juillet-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-enhertu</t>
+  </si>
+  <si>
+    <t>p_3359830</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0166/DC/SEM du 19 mai 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ENHERTU</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament ENHERTU, dans l'indication « en monothérapie, dans le traitement de patients adultes atteints d’un cancer du sein HER2-positif non résécable ou métastatique ayant reçu au préalable une ligne de traitement anti- HER2. Les patients doivent : avoir reçu un traitement antérieur pour la maladie localement avancée ou métastatique ou avoir présenté une progression de la maladie pendant un traitement adjuvant ou dans les six mois suivant sa fin ».</t>
+  </si>
+  <si>
+    <t>19/05/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>30/05/2022 17:35:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341825/fr/decision-n-2022-0166/dc/sem-du-19-mai-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-enhertu</t>
+  </si>
+  <si>
+    <t>p_3341825</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0101/DC/SEESP du 1er avril 2021 du collège de la Haute Autorité de santé constatant l’impact significatif du produit TUKYSA sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 1er avril 2021 a constaté l'impact significatif du produit TUKYSA sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « en association avec le trastuzumab et la capécitabine, pour le traitement des patients adultes atteints de cancer du sein HER2 positif localement avancé ou métastatique ayant reçu précédemment au moins deux traitements anti-HER2 ».</t>
+  </si>
+  <si>
+    <t>01/04/2021 10:40:00</t>
+  </si>
+  <si>
+    <t>13/04/2021 08:30:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260954/fr/decision-n-2021-0101/dc/seesp-du-1er-avril-2021-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-tukysa-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3260954</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0025/AC/SEM du 24 avril 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Gempax »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 12:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966732/fr/avis-n-2019-0025/ac/sem-du-24-avril-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-gempax</t>
+  </si>
+  <si>
+    <t>c_2966732</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ENHERTU (trastuzumab déruxtécan)</t>
   </si>
   <si>
-    <t>05/06/2025 14:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3273604/en/enhertu-trastuzumab-deruxtecan</t>
+    <t>06/05/2025 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273604/fr/enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>p_3273604</t>
   </si>
   <si>
     <t>trastuzumab déruxtécan</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3272596/en/enhertu-trastuzumab-deruxtecan</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3598458/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+    <t>https://www.has-sante.fr/jcms/p_3272596/fr/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341817/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359829/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383475/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424347/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443053/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444788/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447975/fr/enhertu-trastuzumab-deruxtecan-adenocarcinome-gastrique-ou-de-la-jonction-oesogastrique-jog</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458293/fr/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471088/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530992/fr/enhertu-trastuzumab-deruxtecan-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598458/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
   </si>
   <si>
     <t>PHESGO (pertuzumab, trastuzumab)</t>
   </si>
   <si>
-    <t>04/08/2021 16:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3260146/en/phesgo-pertuzumab-trastuzumab</t>
+    <t>08/04/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260146/fr/phesgo-pertuzumab-trastuzumab</t>
   </si>
   <si>
     <t>p_3260146</t>
   </si>
   <si>
     <t>pertuzumab,trastuzumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3259931/en/phesgo-pertuzumab-trastuzumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984794/en/kadcyla</t>
+    <t>https://www.has-sante.fr/jcms/p_3259931/fr/phesgo-pertuzumab-trastuzumab</t>
+  </si>
+  <si>
+    <t>KADCYLA (trastuzumab emtansine)</t>
+  </si>
+  <si>
+    <t>12/06/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984794/fr/kadcyla-trastuzumab-emtansine</t>
   </si>
   <si>
     <t>pprd_2984794</t>
   </si>
   <si>
     <t>trastuzumab emtansine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735595/en/kadcyla</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3188463/en/kadcyla</t>
+    <t>https://www.has-sante.fr/jcms/c_1735595/fr/kadcyla-trastuzumab-emtansine-anticorps-ciblant-le-recepteur-her-2-couple-a-un-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188463/fr/kadcyla-trastuzumab-emtansine</t>
+  </si>
+  <si>
+    <t>OGIVRI (trastuzumab)</t>
+  </si>
+  <si>
+    <t>30/09/2019 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982861/fr/ogivri-trastuzumab</t>
+  </si>
+  <si>
+    <t>pprd_2982861</t>
+  </si>
+  <si>
+    <t>trastuzumab</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906443/fr/ogivri-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107050/fr/ogivri-trastuzumab</t>
+  </si>
+  <si>
+    <t>TRAZIMERA (trastuzumab)</t>
+  </si>
+  <si>
+    <t>12/09/2019 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983105/fr/trazimera-trastuzumab</t>
+  </si>
+  <si>
+    <t>pprd_2983105</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872826/fr/trazimera-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080476/fr/trazimera-trastuzumab</t>
+  </si>
+  <si>
+    <t>ONTRUZANT (trastuzumab)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982744/fr/ontruzant-trastuzumab</t>
+  </si>
+  <si>
+    <t>pprd_2982744</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869241/fr/ontruzant-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969650/fr/ontruzant-trastuzumab</t>
+  </si>
+  <si>
+    <t>HERZUMA (trastuzumab)</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982963/fr/herzuma-trastuzumab</t>
+  </si>
+  <si>
+    <t>pprd_2982963</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859518/fr/herzuma-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891545/fr/herzuma-trastuzumab</t>
+  </si>
+  <si>
+    <t>KANJINTI (trastuzumab)</t>
+  </si>
+  <si>
+    <t>17/07/2018 15:43:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983188/fr/kanjinti-trastuzumab</t>
+  </si>
+  <si>
+    <t>pprd_2983188</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862565/fr/kanjinti-trastuzumab</t>
   </si>
   <si>
     <t>HERCEPTIN (trastuzumab)</t>
   </si>
   <si>
-    <t>09/28/2016 15:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984084/en/herceptin-trastuzumab</t>
+    <t>28/09/2016 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984084/fr/herceptin-trastuzumab</t>
   </si>
   <si>
     <t>pprd_2984084</t>
   </si>
   <si>
-    <t>trastuzumab</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2633563/en/herceptin-trastuzumab-monoclonal-antibody-gastric-cancer</t>
+    <t>https://www.has-sante.fr/jcms/c_398959/fr/herceptin-150-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400626/fr/herceptin-150-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-de-1-flacon-de-15-ml-cip-562-103-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455468/fr/herceptin-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657536/fr/herceptin-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036288/fr/herceptin-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359733/fr/herceptin-trastuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739160/fr/herceptin-600-mg/5-ml-solution-pour-injection-sous-cutanee-trastuzumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620144/fr/herceptin-trastuzumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637981/fr/herceptin-trastuzumab-anticorps-monoclonal-traitement-du-cancer-du-sein-precoce-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633563/fr/herceptin-trastuzumab-anticorps-monoclonal-cancer-gastrique</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -399,487 +1485,2873 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:V10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>354</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>356</v>
+      </c>
+      <c r="B2" t="s">
+        <v>357</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>358</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>359</v>
+      </c>
+      <c r="H2" t="s">
+        <v>360</v>
+      </c>
+      <c r="I2" t="s">
+        <v>361</v>
+      </c>
+      <c r="J2" t="s">
+        <v>362</v>
+      </c>
+      <c r="K2" t="s">
+        <v>363</v>
+      </c>
+      <c r="L2" t="s">
+        <v>364</v>
+      </c>
+      <c r="M2" t="s">
+        <v>365</v>
+      </c>
+      <c r="N2" t="s">
+        <v>366</v>
+      </c>
+      <c r="O2" t="s">
+        <v>367</v>
+      </c>
+      <c r="P2" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>369</v>
+      </c>
+      <c r="R2" t="s">
+        <v>370</v>
+      </c>
+      <c r="S2" t="s">
+        <v>371</v>
+      </c>
+      <c r="T2" t="s">
+        <v>372</v>
+      </c>
+      <c r="U2" t="s">
+        <v>373</v>
+      </c>
+      <c r="V2" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>377</v>
+      </c>
+      <c r="H3" t="s">
+        <v>378</v>
+      </c>
+      <c r="I3" t="s">
+        <v>379</v>
+      </c>
+      <c r="J3" t="s">
+        <v>380</v>
+      </c>
+      <c r="K3" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>356</v>
+      </c>
+      <c r="B4" t="s">
+        <v>382</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>383</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>384</v>
+      </c>
+      <c r="H4" t="s">
+        <v>385</v>
+      </c>
+      <c r="I4" t="s">
+        <v>386</v>
+      </c>
+      <c r="J4" t="s">
+        <v>380</v>
+      </c>
+      <c r="K4" t="s">
+        <v>387</v>
+      </c>
+      <c r="L4" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>356</v>
+      </c>
+      <c r="B5" t="s">
+        <v>389</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>390</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>391</v>
+      </c>
+      <c r="H5" t="s">
+        <v>392</v>
+      </c>
+      <c r="I5" t="s">
+        <v>393</v>
+      </c>
+      <c r="J5" t="s">
+        <v>394</v>
+      </c>
+      <c r="K5" t="s">
+        <v>395</v>
+      </c>
+      <c r="L5" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>356</v>
+      </c>
+      <c r="B6" t="s">
+        <v>397</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>398</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>399</v>
+      </c>
+      <c r="H6" t="s">
+        <v>400</v>
+      </c>
+      <c r="I6" t="s">
+        <v>393</v>
+      </c>
+      <c r="J6" t="s">
+        <v>401</v>
+      </c>
+      <c r="K6" t="s">
+        <v>402</v>
+      </c>
+      <c r="L6" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>356</v>
+      </c>
+      <c r="B7" t="s">
+        <v>404</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>405</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>406</v>
+      </c>
+      <c r="H7" t="s">
+        <v>407</v>
+      </c>
+      <c r="I7" t="s">
+        <v>393</v>
+      </c>
+      <c r="J7" t="s">
+        <v>408</v>
+      </c>
+      <c r="K7" t="s">
+        <v>409</v>
+      </c>
+      <c r="L7" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>356</v>
+      </c>
+      <c r="B8" t="s">
+        <v>411</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>412</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>413</v>
+      </c>
+      <c r="H8" t="s">
+        <v>414</v>
+      </c>
+      <c r="I8" t="s">
+        <v>393</v>
+      </c>
+      <c r="J8" t="s">
+        <v>415</v>
+      </c>
+      <c r="K8" t="s">
+        <v>416</v>
+      </c>
+      <c r="L8" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>356</v>
+      </c>
+      <c r="B9" t="s">
+        <v>418</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>419</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>420</v>
+      </c>
+      <c r="H9" t="s">
+        <v>421</v>
+      </c>
+      <c r="I9" t="s">
+        <v>393</v>
+      </c>
+      <c r="J9" t="s">
+        <v>422</v>
+      </c>
+      <c r="K9" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>356</v>
+      </c>
+      <c r="B10" t="s">
+        <v>424</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>425</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>426</v>
+      </c>
+      <c r="H10" t="s">
+        <v>427</v>
+      </c>
+      <c r="I10" t="s">
+        <v>393</v>
+      </c>
+      <c r="J10" t="s">
+        <v>380</v>
+      </c>
+      <c r="K10" t="s">
+        <v>428</v>
+      </c>
+      <c r="L10" t="s">
+        <v>429</v>
+      </c>
+      <c r="M10" t="s">
+        <v>430</v>
+      </c>
+      <c r="N10" t="s">
+        <v>431</v>
+      </c>
+      <c r="O10" t="s">
+        <v>432</v>
+      </c>
+      <c r="P10" t="s">
+        <v>433</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>434</v>
+      </c>
+      <c r="R10" t="s">
+        <v>435</v>
+      </c>
+      <c r="S10" t="s">
+        <v>436</v>
+      </c>
+      <c r="T10" t="s">
+        <v>437</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>438</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>439</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>440</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>441</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>442</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
-[...40 lines deleted...]
-      <c r="V2" t="s">
         <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="E3" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>62</v>
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I51"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+      <c r="I2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
       </c>
       <c r="I3" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>78</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="H4" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="I4" t="s">
-        <v>70</v>
-[...8 lines deleted...]
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="H5" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="I5" t="s">
-        <v>77</v>
-[...31 lines deleted...]
-      <c r="T5" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>94</v>
+      </c>
+      <c r="H6" t="s">
+        <v>95</v>
+      </c>
+      <c r="I6" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B7" t="s">
+        <v>96</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>97</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>98</v>
+      </c>
+      <c r="H7" t="s">
+        <v>99</v>
+      </c>
+      <c r="I7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>100</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>101</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>102</v>
+      </c>
+      <c r="H8" t="s">
+        <v>103</v>
+      </c>
+      <c r="I8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>104</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>105</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>106</v>
+      </c>
+      <c r="H9" t="s">
+        <v>107</v>
+      </c>
+      <c r="I9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>109</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>110</v>
+      </c>
+      <c r="H10" t="s">
+        <v>111</v>
+      </c>
+      <c r="I10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>112</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>109</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>113</v>
+      </c>
+      <c r="H11" t="s">
+        <v>114</v>
+      </c>
+      <c r="I11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>73</v>
+      </c>
+      <c r="B12" t="s">
+        <v>115</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>116</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>117</v>
+      </c>
+      <c r="H12" t="s">
+        <v>118</v>
+      </c>
+      <c r="I12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>120</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>121</v>
+      </c>
+      <c r="H13" t="s">
+        <v>122</v>
+      </c>
+      <c r="I13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>124</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>125</v>
+      </c>
+      <c r="H14" t="s">
+        <v>126</v>
+      </c>
+      <c r="I14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>129</v>
+      </c>
+      <c r="H15" t="s">
+        <v>130</v>
+      </c>
+      <c r="I15" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>132</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>133</v>
+      </c>
+      <c r="H16" t="s">
+        <v>134</v>
+      </c>
+      <c r="I16" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>136</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>137</v>
+      </c>
+      <c r="H17" t="s">
+        <v>138</v>
+      </c>
+      <c r="I17" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>140</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>141</v>
+      </c>
+      <c r="H18" t="s">
+        <v>142</v>
+      </c>
+      <c r="I18" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>144</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>145</v>
+      </c>
+      <c r="H19" t="s">
+        <v>146</v>
+      </c>
+      <c r="I19" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>148</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>149</v>
+      </c>
+      <c r="H20" t="s">
+        <v>150</v>
+      </c>
+      <c r="I20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>152</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" t="s">
+        <v>154</v>
+      </c>
+      <c r="I21" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>156</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>157</v>
+      </c>
+      <c r="H22" t="s">
+        <v>158</v>
+      </c>
+      <c r="I22" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>161</v>
+      </c>
+      <c r="H23" t="s">
+        <v>162</v>
+      </c>
+      <c r="I23" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>164</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>165</v>
+      </c>
+      <c r="H24" t="s">
+        <v>166</v>
+      </c>
+      <c r="I24" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>73</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>168</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>169</v>
+      </c>
+      <c r="H25" t="s">
+        <v>170</v>
+      </c>
+      <c r="I25" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>73</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>172</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>173</v>
+      </c>
+      <c r="H26" t="s">
+        <v>174</v>
+      </c>
+      <c r="I26" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>176</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>177</v>
+      </c>
+      <c r="H27" t="s">
+        <v>178</v>
+      </c>
+      <c r="I27" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>73</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>180</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>181</v>
+      </c>
+      <c r="H28" t="s">
+        <v>182</v>
+      </c>
+      <c r="I28" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>73</v>
+      </c>
+      <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>184</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>185</v>
+      </c>
+      <c r="H29" t="s">
+        <v>186</v>
+      </c>
+      <c r="I29" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>73</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>188</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>189</v>
+      </c>
+      <c r="H30" t="s">
+        <v>190</v>
+      </c>
+      <c r="I30" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>73</v>
+      </c>
+      <c r="B31" t="s">
+        <v>191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>192</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>193</v>
+      </c>
+      <c r="H31" t="s">
+        <v>194</v>
+      </c>
+      <c r="I31" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>73</v>
+      </c>
+      <c r="B32" t="s">
+        <v>195</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>196</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>197</v>
+      </c>
+      <c r="H32" t="s">
+        <v>198</v>
+      </c>
+      <c r="I32" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>73</v>
+      </c>
+      <c r="B33" t="s">
+        <v>199</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>200</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>201</v>
+      </c>
+      <c r="H33" t="s">
+        <v>202</v>
+      </c>
+      <c r="I33" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>73</v>
+      </c>
+      <c r="B34" t="s">
+        <v>203</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>204</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>205</v>
+      </c>
+      <c r="H34" t="s">
+        <v>206</v>
+      </c>
+      <c r="I34" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>208</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>209</v>
+      </c>
+      <c r="H35" t="s">
+        <v>210</v>
+      </c>
+      <c r="I35" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>73</v>
+      </c>
+      <c r="B36" t="s">
+        <v>211</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>212</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>213</v>
+      </c>
+      <c r="H36" t="s">
+        <v>214</v>
+      </c>
+      <c r="I36" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>73</v>
+      </c>
+      <c r="B37" t="s">
+        <v>215</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>216</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>217</v>
+      </c>
+      <c r="H37" t="s">
+        <v>218</v>
+      </c>
+      <c r="I37" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>73</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>220</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>221</v>
+      </c>
+      <c r="H38" t="s">
+        <v>222</v>
+      </c>
+      <c r="I38" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>73</v>
+      </c>
+      <c r="B39" t="s">
+        <v>223</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>224</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>225</v>
+      </c>
+      <c r="H39" t="s">
+        <v>226</v>
+      </c>
+      <c r="I39" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>73</v>
+      </c>
+      <c r="B40" t="s">
+        <v>227</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>228</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>229</v>
+      </c>
+      <c r="H40" t="s">
+        <v>230</v>
+      </c>
+      <c r="I40" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>73</v>
+      </c>
+      <c r="B41" t="s">
+        <v>231</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>232</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>233</v>
+      </c>
+      <c r="H41" t="s">
+        <v>234</v>
+      </c>
+      <c r="I41" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>73</v>
+      </c>
+      <c r="B42" t="s">
+        <v>235</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>236</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>237</v>
+      </c>
+      <c r="H42" t="s">
+        <v>238</v>
+      </c>
+      <c r="I42" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>73</v>
+      </c>
+      <c r="B43" t="s">
+        <v>239</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>240</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>241</v>
+      </c>
+      <c r="H43" t="s">
+        <v>242</v>
+      </c>
+      <c r="I43" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>73</v>
+      </c>
+      <c r="B44" t="s">
+        <v>243</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>244</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>245</v>
+      </c>
+      <c r="H44" t="s">
+        <v>246</v>
+      </c>
+      <c r="I44" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>73</v>
+      </c>
+      <c r="B45" t="s">
+        <v>247</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>248</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>249</v>
+      </c>
+      <c r="H45" t="s">
+        <v>250</v>
+      </c>
+      <c r="I45" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>73</v>
+      </c>
+      <c r="B46" t="s">
+        <v>251</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>252</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>253</v>
+      </c>
+      <c r="H46" t="s">
+        <v>254</v>
+      </c>
+      <c r="I46" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>73</v>
+      </c>
+      <c r="B47" t="s">
+        <v>255</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>256</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>257</v>
+      </c>
+      <c r="H47" t="s">
+        <v>258</v>
+      </c>
+      <c r="I47" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>73</v>
+      </c>
+      <c r="B48" t="s">
+        <v>259</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>260</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>261</v>
+      </c>
+      <c r="H48" t="s">
+        <v>262</v>
+      </c>
+      <c r="I48" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" t="s">
+        <v>263</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>264</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>265</v>
+      </c>
+      <c r="H49" t="s">
+        <v>266</v>
+      </c>
+      <c r="I49" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>73</v>
+      </c>
+      <c r="B50" t="s">
+        <v>267</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>268</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>269</v>
+      </c>
+      <c r="H50" t="s">
+        <v>270</v>
+      </c>
+      <c r="I50" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>73</v>
+      </c>
+      <c r="B51" t="s">
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>272</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>273</v>
+      </c>
+      <c r="H51" t="s">
+        <v>274</v>
+      </c>
+      <c r="I51" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B2" t="s">
+        <v>276</v>
+      </c>
+      <c r="C2" t="s">
+        <v>277</v>
+      </c>
+      <c r="D2" t="s">
+        <v>278</v>
+      </c>
+      <c r="E2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>280</v>
+      </c>
+      <c r="H2" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C3" t="s">
+        <v>283</v>
+      </c>
+      <c r="D3" t="s">
+        <v>284</v>
+      </c>
+      <c r="E3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>286</v>
+      </c>
+      <c r="H3" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>275</v>
+      </c>
+      <c r="B4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D4" t="s">
+        <v>290</v>
+      </c>
+      <c r="E4" t="s">
+        <v>291</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>292</v>
+      </c>
+      <c r="H4" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>275</v>
+      </c>
+      <c r="B5" t="s">
+        <v>294</v>
+      </c>
+      <c r="C5" t="s">
+        <v>295</v>
+      </c>
+      <c r="D5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E5" t="s">
+        <v>297</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>298</v>
+      </c>
+      <c r="H5" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>275</v>
+      </c>
+      <c r="B6" t="s">
+        <v>300</v>
+      </c>
+      <c r="C6" t="s">
+        <v>301</v>
+      </c>
+      <c r="D6" t="s">
+        <v>302</v>
+      </c>
+      <c r="E6" t="s">
+        <v>303</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>304</v>
+      </c>
+      <c r="H6" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>275</v>
+      </c>
+      <c r="B7" t="s">
+        <v>306</v>
+      </c>
+      <c r="C7" t="s">
+        <v>307</v>
+      </c>
+      <c r="D7" t="s">
+        <v>308</v>
+      </c>
+      <c r="E7" t="s">
+        <v>309</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>310</v>
+      </c>
+      <c r="H7" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>275</v>
+      </c>
+      <c r="B8" t="s">
+        <v>312</v>
+      </c>
+      <c r="C8" t="s">
+        <v>313</v>
+      </c>
+      <c r="D8" t="s">
+        <v>314</v>
+      </c>
+      <c r="E8" t="s">
+        <v>315</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>316</v>
+      </c>
+      <c r="H8" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>275</v>
+      </c>
+      <c r="B9" t="s">
+        <v>318</v>
+      </c>
+      <c r="C9" t="s">
+        <v>319</v>
+      </c>
+      <c r="D9" t="s">
+        <v>320</v>
+      </c>
+      <c r="E9" t="s">
+        <v>321</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>322</v>
+      </c>
+      <c r="H9" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>275</v>
+      </c>
+      <c r="B10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C10" t="s">
+        <v>325</v>
+      </c>
+      <c r="D10" t="s">
+        <v>326</v>
+      </c>
+      <c r="E10" t="s">
+        <v>327</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>328</v>
+      </c>
+      <c r="H10" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>275</v>
+      </c>
+      <c r="B11" t="s">
+        <v>330</v>
+      </c>
+      <c r="C11" t="s">
+        <v>331</v>
+      </c>
+      <c r="D11" t="s">
+        <v>332</v>
+      </c>
+      <c r="E11" t="s">
+        <v>333</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>334</v>
+      </c>
+      <c r="H11" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>275</v>
+      </c>
+      <c r="B12" t="s">
+        <v>336</v>
+      </c>
+      <c r="C12" t="s">
+        <v>337</v>
+      </c>
+      <c r="D12" t="s">
+        <v>338</v>
+      </c>
+      <c r="E12" t="s">
+        <v>339</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>340</v>
+      </c>
+      <c r="H12" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>275</v>
+      </c>
+      <c r="B13" t="s">
+        <v>342</v>
+      </c>
+      <c r="C13" t="s">
+        <v>343</v>
+      </c>
+      <c r="D13" t="s">
+        <v>344</v>
+      </c>
+      <c r="E13" t="s">
+        <v>345</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>346</v>
+      </c>
+      <c r="H13" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>275</v>
+      </c>
+      <c r="B14" t="s">
+        <v>348</v>
+      </c>
+      <c r="C14" t="s">
+        <v>349</v>
+      </c>
+      <c r="D14" t="s">
+        <v>350</v>
+      </c>
+      <c r="E14" t="s">
+        <v>351</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>352</v>
+      </c>
+      <c r="H14" t="s">
+        <v>353</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>