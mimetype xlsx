--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -122,51 +122,51 @@
   <si>
     <t>La CNEDiMTS s’est prononcée en faveur du remboursement du micro-stent de pontage trabéculaire iSTENT, dispositif de chirurgie mini-invasive pour le traitement du glaucome. Le Collège de la HAS a par ailleurs rendu un avis favorable à l’inscription des actes d’implantation, de repositionnement, et d’explantation, associés à ce micro-stent.</t>
   </si>
   <si>
     <t>02/12/2015 00:00:00</t>
   </si>
   <si>
     <t>11/12/2015 16:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2578960/fr/evaluation-de-micro-stents-de-pontage-trabeculaire-et-de-leur-acte-d-implantation</t>
   </si>
   <si>
     <t>c_2578960</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
   </si>
   <si>
-    <t>03/09/2025 16:02:49</t>
+    <t>03/09/2025 16:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
   </si>
   <si>
     <t>p_3643451</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
   </si>
   <si>
     <t>17/03/2021 12:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
   </si>
   <si>
     <t>p_3243755</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
   </si>