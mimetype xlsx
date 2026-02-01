--- v0 (2025-10-21)
+++ v1 (2026-02-01)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>05/07/2018 09:49:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of fasciolosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Distomatoses are zoonoses caused by trematodes. In France, only hepatobiliary distomatosis, or fasciolosis, also known as liver fluke, is pathogenic to humans. Cases are rare and sporadic. During the invasion phase, the disease presents with aspecific digestive disorders, asthenia and myalgia. Complications are mechanical and inflammatory: obstructive jaundice, episodes of biliary colic, cholangitis or cholecystitis. Biological diagnosis is based primarily on the detection of antibodies in serum. The aim of this work is to draw up the list of serological diagnostic techniques currently relevant to the diagnosis of fasciolosis</t>
+  </si>
+  <si>
+    <t>06/20/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2018 09:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2861927/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-distomatose-a-fasciola-hepatica-argumentaire</t>
+    <t>https://www.has-sante.fr/jcms/c_2861927/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-fasciolosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2861927</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>