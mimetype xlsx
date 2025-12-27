--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/05/2018 09:49:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la distomatose à Fasciola hepatica - Argumentaire</t>
+  </si>
+  <si>
+    <t>Les distomatoses sont des zoonoses dues à des trématodes. En France, seule la distomatose hépatobiliaire, ou fasciolose à Fasciola hepatica, appelée grande douve du foie, est pathogène pour l’Homme. Il s’agit de cas rares et sporadiques.</t>
+  </si>
+  <si>
+    <t>20/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2018 09:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2861927/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-fasciolosis-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2861927/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-distomatose-a-fasciola-hepatica-argumentaire</t>
   </si>
   <si>
     <t>c_2861927</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>