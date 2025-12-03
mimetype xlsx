--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,74 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="162">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -495,96 +498,111 @@
     <t>trinitrate de glycérol (trinitrine)</t>
   </si>
   <si>
     <t>Laboratoire POHL BOSKAMP</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_614819/fr/nitronal-trinitrate-de-glycerol-trinitrine</t>
   </si>
   <si>
     <t>LENITRAL (trinitrine)</t>
   </si>
   <si>
     <t>10/10/2007 16:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985418/fr/lenitral-trinitrine</t>
   </si>
   <si>
     <t>pprd_2985418</t>
   </si>
   <si>
     <t>Laboratoire Besins</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_605756/fr/lenitral-trinitrine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Expérience patient dans l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>02/07/2013 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600208/fr/experience-patient-dans-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1600208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1472,37 +1490,103 @@
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>153</v>
       </c>
       <c r="H12" t="s">
         <v>154</v>
       </c>
       <c r="I12" t="s">
         <v>82</v>
       </c>
       <c r="J12" t="s">
         <v>155</v>
       </c>
       <c r="K12" t="s">
         <v>156</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>160</v>
+      </c>
+      <c r="H2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>