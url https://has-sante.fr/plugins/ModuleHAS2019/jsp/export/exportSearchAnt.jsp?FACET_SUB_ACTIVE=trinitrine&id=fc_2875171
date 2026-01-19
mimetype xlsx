--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="167">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,65 @@
     <t>SHOCKWAVE REDUCER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>24/09/2024 00:00:00</t>
   </si>
   <si>
     <t>21/10/2024 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3547237/fr/shockwave-reducer</t>
   </si>
   <si>
     <t>p_3547237</t>
   </si>
   <si>
     <t>Système de réduction du sinus coronaire</t>
   </si>
   <si>
     <t>Shockwave Medical, Inc.</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
   </si>
   <si>
     <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
   </si>
   <si>
     <t>15/04/2021 00:00:00</t>
   </si>
   <si>
     <t>07/09/2021 15:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
   </si>
   <si>
     <t>p_3279083</t>
   </si>
   <si>
     <t>Guide parcours de soins maladie coronarienne stable</t>
   </si>
   <si>
     <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
   </si>
@@ -641,952 +656,978 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>22</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>23</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>28</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>29</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>30</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
         <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="H2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="H3" t="s">
+        <v>67</v>
+      </c>
+      <c r="I3" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="K2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="L2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="M2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="N2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="O2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="P2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B3" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="H3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="K3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="L3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>93</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>94</v>
+      </c>
+      <c r="H4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I4" t="s">
         <v>87</v>
       </c>
-      <c r="C4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="K4" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="L4" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="M4" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="N4" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J5" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="K5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="L5" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="M5" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="N5" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H6" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I6" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J6" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="K6" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="L6" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="M6" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H7" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I7" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J7" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="K7" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="L7" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="M7" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="N7" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H8" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="I8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J8" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="K8" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="L8" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H9" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="I9" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J9" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="K9" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="L9" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H10" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="I10" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J10" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="K10" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="L10" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="M10" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H11" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="I11" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="J11" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="K11" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B12" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="H12" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="I12" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J12" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="K12" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="H2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>