--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,1633 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>SHOCKWAVE REDUCER</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/09/2024 00:00:00</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
-  </si>
-[...331 lines deleted...]
-    <t>c_1600208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...71 lines deleted...]
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>30</v>
-[...25 lines deleted...]
-        <v>36</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...823 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>