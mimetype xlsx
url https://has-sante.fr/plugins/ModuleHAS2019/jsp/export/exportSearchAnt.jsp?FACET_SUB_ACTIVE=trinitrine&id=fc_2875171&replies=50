--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,251 +1,1633 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="167">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2001 00:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SHOCKWAVE REDUCER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547237/fr/shockwave-reducer</t>
+  </si>
+  <si>
+    <t>p_3547237</t>
+  </si>
+  <si>
+    <t>Système de réduction du sinus coronaire</t>
+  </si>
+  <si>
+    <t>Shockwave Medical, Inc.</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables</t>
+  </si>
+  <si>
+    <t>Cette évaluation est issue de trois demandes différentes : du Ministère de la santé, de l’Assurance maladie et des organismes professionnels de cardiologie et de radiologie. Elle a pour objectif de définir la place des examens non invasifs d’imagerie cardiaque dans la prise en charge diagnostique de la maladie coronarienne stable chez des patients présentant un risque (ou probabilité pré-test) intermédiaire</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
   </si>
   <si>
     <t>c_2725332</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TRINITRINE (trinitrine/ trinitrate de glycérol)</t>
+  </si>
+  <si>
+    <t>19/07/2018 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983164/fr/trinitrine-trinitrine/-trinitrate-de-glycerol</t>
+  </si>
+  <si>
+    <t>pprd_2983164</t>
+  </si>
+  <si>
+    <t>trinitrine,trinitrate de glycérol</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Consumer France SAS/ MERCK GENERIQUES/ MYLAN S.A.S/ TONIPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399865/fr/trinitrine-merck-trinitrate-de-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623609/fr/trinitrine-simple-laleuf-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916588/fr/trinitrine-mylan-trinitrate-de-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603381/fr/trinitrine-simple-laleuf-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726245/fr/trinitrine-mylan-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864202/fr/trinitrine-mylan-trinitrine</t>
+  </si>
+  <si>
+    <t>EPINITRIL (trinitrine)</t>
+  </si>
+  <si>
+    <t>10/07/2018 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983191/fr/epinitril-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2983191</t>
+  </si>
+  <si>
+    <t>trinitrine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399548/fr/epinitril-5-mg/24-h-dispositif-transdermique-boite-de-15-et-de-30-epinitril-10-mg/24-h-dispositif-transdermique-boite-de-15-et-de-30-epinitril-15-mg/24-h-dispositif-transdermique-boite-de-15-et-de-30-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598175/fr/epinitril-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862364/fr/epinitril-trinitrine</t>
+  </si>
+  <si>
+    <t>DISCOTRINE (trinitrine)</t>
+  </si>
+  <si>
+    <t>07/04/2017 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983662/fr/discotrine-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2983662</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399622/fr/discotrine-15-mg/24-heures-dispositif-transdermique-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473980/fr/discotrine-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298574/fr/discotrine-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755476/fr/discotrine-trinitrine</t>
+  </si>
+  <si>
+    <t>DIAFUSOR (trinitrine)</t>
+  </si>
+  <si>
+    <t>04/03/2016 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984185/fr/diafusor-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2984185</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398891/fr/diafusor-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459897/fr/diafusor-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025854/fr/diafusor-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613167/fr/diafusor-trinitrine</t>
+  </si>
+  <si>
+    <t>DERMATRANS (trinitrine)</t>
+  </si>
+  <si>
+    <t>12/03/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984812/fr/dermatrans-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2984812</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399544/fr/dermatrans-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598171/fr/dermatrans-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727457/fr/dermatrans-trinitrine</t>
+  </si>
+  <si>
+    <t>TRINIPATCH (trinitrine)</t>
+  </si>
+  <si>
+    <t>28/02/2014 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984821/fr/trinipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2984821</t>
+  </si>
+  <si>
+    <t>MAJORELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399238/fr/trinipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399711/fr/trinipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559715/fr/trinipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726236/fr/trinipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>NATISPRAY (trinitrine)</t>
+  </si>
+  <si>
+    <t>02/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985208/fr/natispray-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2985208</t>
+  </si>
+  <si>
+    <t>Laboratoire TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400669/fr/natispray-0-15-mg/dose-solution-pour-pulverisation-buccale-1-flacon-code-cip-329-369-8-natispray-0-30-mg/dose-solution-pour-pulverisation-buccale-1-flacon-code-cip-343-070-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024749/fr/natispray-trinitrine</t>
+  </si>
+  <si>
+    <t>CORDIPATCH (trinitrine)</t>
+  </si>
+  <si>
+    <t>22/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985250/fr/cordipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2985250</t>
+  </si>
+  <si>
+    <t>Laboratoire UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459843/fr/cordipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990922/fr/cordipatch-trinitrine</t>
+  </si>
+  <si>
+    <t>NITRIDERM TTS (trinitrine)</t>
+  </si>
+  <si>
+    <t>02/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985254/fr/nitriderm-tts-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2985254</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460184/fr/nitriderm-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990888/fr/nitriderm-tts-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558844/fr/nitriderm-tts-trinitrine</t>
+  </si>
+  <si>
+    <t>NITRONAL (trinitrate de glycérol (trinitrine))</t>
+  </si>
+  <si>
+    <t>07/11/2007 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985413/fr/nitronal-trinitrate-de-glycerol-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2985413</t>
+  </si>
+  <si>
+    <t>trinitrate de glycérol (trinitrine)</t>
+  </si>
+  <si>
+    <t>Laboratoire POHL BOSKAMP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614819/fr/nitronal-trinitrate-de-glycerol-trinitrine</t>
+  </si>
+  <si>
+    <t>LENITRAL (trinitrine)</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985418/fr/lenitral-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2985418</t>
+  </si>
+  <si>
+    <t>Laboratoire Besins</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605756/fr/lenitral-trinitrine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Expérience patient dans l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>02/07/2013 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600208/fr/experience-patient-dans-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1600208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>19</v>
       </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>46</v>
+      </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+      <c r="I2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+      <c r="I3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+      <c r="I2" t="s">
+        <v>75</v>
+      </c>
+      <c r="J2" t="s">
+        <v>76</v>
+      </c>
+      <c r="K2" t="s">
+        <v>77</v>
+      </c>
+      <c r="L2" t="s">
+        <v>78</v>
+      </c>
+      <c r="M2" t="s">
+        <v>79</v>
+      </c>
+      <c r="N2" t="s">
+        <v>80</v>
+      </c>
+      <c r="O2" t="s">
+        <v>81</v>
+      </c>
+      <c r="P2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+      <c r="I3" t="s">
+        <v>87</v>
+      </c>
+      <c r="J3" t="s">
+        <v>88</v>
+      </c>
+      <c r="K3" t="s">
+        <v>89</v>
+      </c>
+      <c r="L3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>93</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>94</v>
+      </c>
+      <c r="H4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I4" t="s">
+        <v>87</v>
+      </c>
+      <c r="J4" t="s">
+        <v>96</v>
+      </c>
+      <c r="K4" t="s">
+        <v>97</v>
+      </c>
+      <c r="L4" t="s">
+        <v>98</v>
+      </c>
+      <c r="M4" t="s">
+        <v>99</v>
+      </c>
+      <c r="N4" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>102</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>103</v>
+      </c>
+      <c r="H5" t="s">
+        <v>104</v>
+      </c>
+      <c r="I5" t="s">
+        <v>87</v>
+      </c>
+      <c r="J5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K5" t="s">
+        <v>106</v>
+      </c>
+      <c r="L5" t="s">
+        <v>107</v>
+      </c>
+      <c r="M5" t="s">
+        <v>108</v>
+      </c>
+      <c r="N5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>111</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>112</v>
+      </c>
+      <c r="H6" t="s">
+        <v>113</v>
+      </c>
+      <c r="I6" t="s">
+        <v>87</v>
+      </c>
+      <c r="J6" t="s">
+        <v>114</v>
+      </c>
+      <c r="K6" t="s">
+        <v>115</v>
+      </c>
+      <c r="L6" t="s">
+        <v>116</v>
+      </c>
+      <c r="M6" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>118</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>119</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>120</v>
+      </c>
+      <c r="H7" t="s">
+        <v>121</v>
+      </c>
+      <c r="I7" t="s">
+        <v>87</v>
+      </c>
+      <c r="J7" t="s">
+        <v>122</v>
+      </c>
+      <c r="K7" t="s">
+        <v>123</v>
+      </c>
+      <c r="L7" t="s">
+        <v>124</v>
+      </c>
+      <c r="M7" t="s">
+        <v>125</v>
+      </c>
+      <c r="N7" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>128</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>129</v>
+      </c>
+      <c r="H8" t="s">
+        <v>130</v>
+      </c>
+      <c r="I8" t="s">
+        <v>87</v>
+      </c>
+      <c r="J8" t="s">
+        <v>131</v>
+      </c>
+      <c r="K8" t="s">
+        <v>132</v>
+      </c>
+      <c r="L8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>134</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>135</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>136</v>
+      </c>
+      <c r="H9" t="s">
+        <v>137</v>
+      </c>
+      <c r="I9" t="s">
+        <v>87</v>
+      </c>
+      <c r="J9" t="s">
+        <v>138</v>
+      </c>
+      <c r="K9" t="s">
+        <v>139</v>
+      </c>
+      <c r="L9" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>141</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>142</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>143</v>
+      </c>
+      <c r="H10" t="s">
+        <v>144</v>
+      </c>
+      <c r="I10" t="s">
+        <v>87</v>
+      </c>
+      <c r="J10" t="s">
+        <v>145</v>
+      </c>
+      <c r="K10" t="s">
+        <v>146</v>
+      </c>
+      <c r="L10" t="s">
+        <v>147</v>
+      </c>
+      <c r="M10" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>149</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>150</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>151</v>
+      </c>
+      <c r="H11" t="s">
+        <v>152</v>
+      </c>
+      <c r="I11" t="s">
+        <v>153</v>
+      </c>
+      <c r="J11" t="s">
+        <v>154</v>
+      </c>
+      <c r="K11" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>157</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>158</v>
+      </c>
+      <c r="H12" t="s">
+        <v>159</v>
+      </c>
+      <c r="I12" t="s">
+        <v>87</v>
+      </c>
+      <c r="J12" t="s">
+        <v>160</v>
+      </c>
+      <c r="K12" t="s">
+        <v>161</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>165</v>
+      </c>
+      <c r="H2" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>