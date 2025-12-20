--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,562 +1,199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>22/03/2023 14:40:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
-[...194 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Guide usagers</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
-  </si>
-[...115 lines deleted...]
-    <t>c_419565</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -570,979 +207,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
-[...51 lines deleted...]
-        <v>46</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...764 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>