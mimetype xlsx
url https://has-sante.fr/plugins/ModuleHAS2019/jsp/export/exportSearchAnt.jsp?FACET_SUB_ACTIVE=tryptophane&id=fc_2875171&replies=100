--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,572 +1,212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...2 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...2 lines deleted...]
-    <t>03/02/2020 10:20:00</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
-[...200 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>04/10/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>10/04/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -593,963 +233,185 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
-[...234 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>64</v>
-[...68 lines deleted...]
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>71</v>
-[...288 lines deleted...]
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>108</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>109</v>
-[...192 lines deleted...]
-        <v>148</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>