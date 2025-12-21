--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,212 +1,605 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="160">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...2 lines deleted...]
-    <t>02/03/2020 10:20:00</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Symptômes prolongés à la suite de la Covid-19 : état des lieux des données épidémiologiques et des mécanismes physiopathologiques</t>
+  </si>
+  <si>
+    <t>Ce travail s’inscrit à la suite des travaux de la HAS dans le champ des symptômes prolongés à la suite d’une Covid-19 (Covid long), en particulier des fiches réponses rapides sur cette question, publiées et mise à jour depuis 2021. La HAS travaille à l’analyse de la littérature dans plusieurs axes : les données épidémiologiques, les mécanismes physiopathologiques, le parcours de soins et le traitement. Elle met à disposition ce premier volet qui est un état des lieux des données épidémiologiques.</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2023 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427623/fr/symptomes-prolonges-a-la-suite-de-la-covid-19-etat-des-lieux-des-donnees-epidemiologiques-et-des-mecanismes-physiopathologiques</t>
+  </si>
+  <si>
+    <t>p_3427623</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 juillet 2021</t>
+  </si>
+  <si>
+    <t>01/07/2021 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275434/fr/commission-de-la-transparence-reunion-a-distance-du-7-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3275434</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 janvier 2019</t>
+  </si>
+  <si>
+    <t>03/01/2019 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895658/fr/commission-de-la-transparence-reunion-du-9-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2895658</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 juin 2018</t>
+  </si>
+  <si>
+    <t>20/06/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857716/fr/commission-de-la-transparence-reunion-du-27-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2857716</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>10/04/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>04/10/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -233,185 +626,1015 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>75</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>82</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+      <c r="I3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>89</v>
+      </c>
+      <c r="H4" t="s">
+        <v>90</v>
+      </c>
+      <c r="I4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B5" t="s">
+        <v>91</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>92</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>93</v>
+      </c>
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I5" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>97</v>
+      </c>
+      <c r="H6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I6" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B7" t="s">
+        <v>99</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>100</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>101</v>
+      </c>
+      <c r="H7" t="s">
+        <v>102</v>
+      </c>
+      <c r="I7" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>108</v>
+      </c>
+      <c r="H2" t="s">
+        <v>109</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>110</v>
+      </c>
+      <c r="J1" t="s">
+        <v>111</v>
+      </c>
+      <c r="K1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+      <c r="I2" t="s">
+        <v>118</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>120</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" t="s">
+        <v>124</v>
+      </c>
+      <c r="I3" t="s">
+        <v>125</v>
+      </c>
+      <c r="J3" t="s">
+        <v>126</v>
+      </c>
+      <c r="K3" t="s">
+        <v>127</v>
+      </c>
+      <c r="L3" t="s">
+        <v>128</v>
+      </c>
+      <c r="M3" t="s">
+        <v>129</v>
+      </c>
+      <c r="N3" t="s">
+        <v>130</v>
+      </c>
+      <c r="O3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>135</v>
+      </c>
+      <c r="I4" t="s">
+        <v>136</v>
+      </c>
+      <c r="J4" t="s">
+        <v>126</v>
+      </c>
+      <c r="K4" t="s">
+        <v>137</v>
+      </c>
+      <c r="L4" t="s">
+        <v>138</v>
+      </c>
+      <c r="M4" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>141</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>142</v>
+      </c>
+      <c r="H5" t="s">
+        <v>143</v>
+      </c>
+      <c r="I5" t="s">
+        <v>144</v>
+      </c>
+      <c r="J5" t="s">
+        <v>145</v>
+      </c>
+      <c r="K5" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B6" t="s">
+        <v>147</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>148</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>149</v>
+      </c>
+      <c r="H6" t="s">
+        <v>150</v>
+      </c>
+      <c r="I6" t="s">
+        <v>151</v>
+      </c>
+      <c r="J6" t="s">
+        <v>145</v>
+      </c>
+      <c r="K6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>113</v>
+      </c>
+      <c r="B7" t="s">
+        <v>153</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>154</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>155</v>
+      </c>
+      <c r="H7" t="s">
+        <v>156</v>
+      </c>
+      <c r="I7" t="s">
+        <v>157</v>
+      </c>
+      <c r="J7" t="s">
+        <v>158</v>
+      </c>
+      <c r="K7" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>