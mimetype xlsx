--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,2677 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1491" uniqueCount="846">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>22/03/2023 14:40:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Description</t>
-[...152 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
-[...614 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Myasthénie autoimmune</t>
-[...239 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/16/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
+    <t>Next generation sequencing gene panel for medical lung cancer care</t>
+  </si>
+  <si>
+    <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Détection d’altérations du gène RET par la technique de séquençage nouvelle génération (NGS) : cancer bronchique non à petites cellules et cancer médullaire de la thyroïde</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
+    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The BCR-ABL fusion gene, also called the Philadelphia gene or chromosome Ph1, is the result of a reciprocal translocation between chromosomes 9 and 22. The BCR-ABL fusion gene codes for a fusion protein with a deregulated tyrosine kinase activity, which activates various mechanisms involved in cell multiplication. The BCR-ABL fusion gene is present in all chronic myeloid leukaemias (CML), 3 to 5% of acute lymphoblastic leukaemias (ALL) in children and between 15 to 30% of ALL in adults. Therefore, routine testing is done when CML or ALL is suspected. The BCR-ABL fusion gene is evidenced by cytogenetics (karyotype), molecular cytogenetics (FISH), or by RT-PCR. BCR-ABL fusion transcript can also be quantified by quantitative PCR (RT-qPCR). Currently, only BCR-ABL fusion gene testing is included in the list of the laboratory medicine procedures reimbursement by the health insurance system in France (NABM). BCR-ABL transcript testing by molecular biology is included in the additional list of laboratory medicine and anatomo-cytopathology procedures outside of the nomenclature</t>
+  </si>
+  <si>
+    <t>11/08/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/13/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
-[...1199 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>IASOglio (fluoroéthyl-L tyrosine (18F))</t>
   </si>
   <si>
-    <t>03/11/2016 16:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983995/fr/iasoglio-fluoroethyl-l-tyrosine-18f</t>
+    <t>11/03/2016 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983995/en/iasoglio-fluoroethyl-l-tyrosine-18f</t>
   </si>
   <si>
     <t>pprd_2983995</t>
   </si>
   <si>
     <t>fluoroéthyl-L tyrosine (18F)</t>
   </si>
   <si>
     <t>IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2659628/fr/iasoglio-fluoroethyl-l-thyrosine-18f-ou-fet-radiopharmaceutique-a-usage-diagnostique-pour-detection-de-tumeurs</t>
-[...89 lines deleted...]
-    <t>c_2906058</t>
+    <t>https://www.has-sante.fr/jcms/c_2659628/en/iasoglio-fluoroethyl-l-tyrosine-18f-or-fet-radiopharmaceutical-for-diagnostic-use-for-the-detection-of-tumours</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2685,4952 +381,521 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>789</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>790</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>791</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>792</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>793</v>
-[...166 lines deleted...]
-        <v>829</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>830</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>831</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>832</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>833</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>834</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>835</v>
-[...51 lines deleted...]
-        <v>845</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...44 lines deleted...]
-      <c r="B4" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...182 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="E2" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="C3" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="D3" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="E3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="H3" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="E4" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="H4" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="C5" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="D5" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="H5" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>92</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
         <v>66</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="D7" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>101</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J1" t="s">
+        <v>73</v>
+      </c>
+      <c r="K1" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>108</v>
-[...1065 lines deleted...]
-        <v>317</v>
+        <v>79</v>
+      </c>
+      <c r="I2" t="s">
+        <v>80</v>
+      </c>
+      <c r="J2" t="s">
+        <v>81</v>
+      </c>
+      <c r="K2" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2892 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>